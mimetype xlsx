--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,95 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...28 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://csusanbernardino-my.sharepoint.com/personal/005392136_csusb_edu/Documents/Desktop/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="1714" documentId="11_11DAFD68D273B45D9C06A1D016C160AE129E56C6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{43FA2C97-EB48-4DA9-8E87-34C4D3C5CEC3}"/>
+  <bookViews>
+    <workbookView xWindow="1125" yWindow="300" windowWidth="25050" windowHeight="14475" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="Calculations" sheetId="1" r:id="rId4"/>
-[...6 lines deleted...]
-    <sheet state="visible" name="Other" sheetId="8" r:id="rId11"/>
+    <sheet name="Cover" sheetId="15" r:id="rId1"/>
+    <sheet name="Accommodations" sheetId="9" r:id="rId2"/>
+    <sheet name="Transportation" sheetId="10" r:id="rId3"/>
+    <sheet name="Activities" sheetId="13" r:id="rId4"/>
+    <sheet name="Meals" sheetId="12" r:id="rId5"/>
+    <sheet name="Program Leader" sheetId="11" r:id="rId6"/>
+    <sheet name="Students" sheetId="14" r:id="rId7"/>
+    <sheet name="Program Fee" sheetId="16" r:id="rId8"/>
+    <sheet name="Calculations" sheetId="1" r:id="rId9"/>
   </sheets>
-  <definedNames/>
-  <calcPr/>
+  <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId12" roundtripDataChecksum="+XAosVUEScicWcTIjkZuREnvFpi0fLP6EXByA/emTe8="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E20" i="16" l="1"/>
+  <c r="E13" i="16"/>
+  <c r="E24" i="16" s="1"/>
+  <c r="H16" i="16"/>
+  <c r="H21" i="16" s="1"/>
+  <c r="N18" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="N14" i="1"/>
+  <c r="N13" i="1"/>
+  <c r="N22" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="N19" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="E27" i="16" l="1"/>
+  <c r="N12" i="1"/>
+  <c r="N16" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="N23" i="1" l="1"/>
+  <c r="N24" i="1" s="1"/>
+  <c r="N25" i="1" s="1"/>
+  <c r="N26" i="1" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="210">
   <si>
     <t>CSUSB Education Abroad, CSUSB-Led Study Abroad Program Budget Planning Worksheet</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">To get started, fill in each yellow rectangle below. </t>
   </si>
   <si>
     <t>Then, toggle through each tab and enter the required information.</t>
   </si>
   <si>
     <t>This will automatically populate the table below.</t>
   </si>
   <si>
     <t>1 USD =</t>
   </si>
   <si>
     <t>Local Currency</t>
   </si>
   <si>
     <t>Provide the  rate used to calculate local currency to USD in this budget</t>
   </si>
   <si>
     <t xml:space="preserve">PER PARTICIPANT PROGRAM FEE ESTIMATE </t>
   </si>
   <si>
     <t>Group Totals for Expense Categories</t>
   </si>
   <si>
     <t>Third Party Program Fee</t>
   </si>
@@ -242,3028 +283,4259 @@
   <si>
     <t>Permit Fee</t>
   </si>
   <si>
     <t>5+ Dorm, rate per bed</t>
   </si>
   <si>
     <t>Site Visit Fee</t>
   </si>
   <si>
     <t>House</t>
   </si>
   <si>
     <t>Tour Fee</t>
   </si>
   <si>
     <t>Apartment</t>
   </si>
   <si>
     <t>Workshop Fee</t>
   </si>
   <si>
     <t>Other Activity-Related Cost</t>
   </si>
   <si>
-    <t>THIRD PARTY PROVIDER FEE</t>
+    <t>Accommodations</t>
+  </si>
+  <si>
+    <t>Activities</t>
+  </si>
+  <si>
+    <t># Nights</t>
+  </si>
+  <si>
+    <t>Meals</t>
+  </si>
+  <si>
+    <t>Breakfast</t>
+  </si>
+  <si>
+    <t>Lunch</t>
+  </si>
+  <si>
+    <t>Dinner</t>
+  </si>
+  <si>
+    <t>Cost Per Person</t>
+  </si>
+  <si>
+    <t>Laundry</t>
+  </si>
+  <si>
+    <t>Passport application / renewal</t>
+  </si>
+  <si>
+    <t>Medical expenses</t>
+  </si>
+  <si>
+    <t>Alcoholic beverages</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>Journey Type</t>
+  </si>
+  <si>
+    <t>Vehicle Type</t>
+  </si>
+  <si>
+    <t># Participants</t>
+  </si>
+  <si>
+    <t>Group Activity Costs</t>
+  </si>
+  <si>
+    <t>Cost for Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Fill in each yellow rectangle below. </t>
+  </si>
+  <si>
+    <t>Accommodation 1</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Address</t>
+  </si>
+  <si>
+    <t>Website</t>
+  </si>
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Room Type</t>
+  </si>
+  <si>
+    <t>Inclusions</t>
+  </si>
+  <si>
+    <t>Enter values in USD.</t>
+  </si>
+  <si>
+    <t>Room Rate (USD)</t>
+  </si>
+  <si>
+    <t>Guests</t>
+  </si>
+  <si>
+    <t>Accommodation 2</t>
+  </si>
+  <si>
+    <t>Accommodation 3</t>
+  </si>
+  <si>
+    <t>Accommodation 4</t>
+  </si>
+  <si>
+    <t>Accommodation 5</t>
+  </si>
+  <si>
+    <t>Accommodation 6</t>
+  </si>
+  <si>
+    <t>Accommodation 7</t>
+  </si>
+  <si>
+    <t>Accommodation 8</t>
+  </si>
+  <si>
+    <t>Create an entry for each accommodation you will use on your program.</t>
+  </si>
+  <si>
+    <t>Include at minimum the cost of a single room and, if available, a double room.</t>
+  </si>
+  <si>
+    <t>Be sure to include any applicable taxes and fees.</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-      <t xml:space="preserve">What is a third party provider? </t>
+      <t>Under "</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFFFFF00"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...1 lines deleted...]
-        <sz val="11.0"/>
+        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-[...76 lines deleted...]
-      <t xml:space="preserve">Include </t>
+      <t>Guests</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="0"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...3 lines deleted...]
-        <u/>
+        <family val="2"/>
       </rPr>
-      <t>all</t>
+      <t>" indicate whether students, faculty, or both will use the accommodation.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Under "</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFFFFF00"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...2 lines deleted...]
-        <sz val="11.0"/>
+        <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> meals covered in the third party fee, including complimentary meals at hotels</t>
-[...67 lines deleted...]
-is offered </t>
+      <t>Inclusions</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="0"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...2 lines deleted...]
-        <u/>
+        <family val="2"/>
       </rPr>
-      <t>Per Room</t>
+      <t>" list any meals or ammenities included in the room rate.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Single Room, Rate/Night </t>
-[...19 lines deleted...]
-  <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-      <t xml:space="preserve"> Complete section if accommodation is offered </t>
+      <t xml:space="preserve">Group Transportation Costs </t>
     </r>
     <r>
       <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...2 lines deleted...]
-        <u/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>Per House or Apartment</t>
+      <t>(eg, van, bus, group taxi)</t>
     </r>
   </si>
   <si>
-    <t>Cost to Rent House or Apartment / Night</t>
-[...11 lines deleted...]
-    <t># Bathrooms</t>
+    <t>Cost Per Vehicle</t>
+  </si>
+  <si>
+    <t># Passenger Seats</t>
+  </si>
+  <si>
+    <t>Transportation Type</t>
+  </si>
+  <si>
+    <t>Destination</t>
+  </si>
+  <si>
+    <t>Flight Information</t>
+  </si>
+  <si>
+    <t>Which airport will students use to return to the US?</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...6 lines deleted...]
-is offered </t>
+      <t>Per Person Transportation Costs</t>
     </r>
     <r>
       <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Aptos Narrow"/>
-        <b/>
-[...2 lines deleted...]
-        <u/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>Per Bed</t>
+      <t xml:space="preserve"> (eg, train, bus, metro, transit pass, individual taxi, domestic flight)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Double  Room, Rate/Bed/Night </t>
-[...206 lines deleted...]
-and any other relevant information below.</t>
+    <t>Which airport will students fly into (3 letter airport code)?</t>
+  </si>
+  <si>
+    <t>3-Letter Airport Code</t>
+  </si>
+  <si>
+    <t>Do you intend to organize a group flight as a part of your program?</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-      <t xml:space="preserve">Notes on group flight plans </t>
+      <t xml:space="preserve">What is the approximate cost of a </t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <sz val="11"/>
         <rFont val="Aptos Narrow"/>
-        <b val="0"/>
-[...1 lines deleted...]
-        <sz val="11.0"/>
+        <family val="2"/>
       </rPr>
-      <t>(if applicable)</t>
-[...154 lines deleted...]
-      <t xml:space="preserve">Additional One-Time Expenses </t>
+      <t>RT ticket</t>
     </r>
     <r>
       <rPr>
+        <sz val="11"/>
         <rFont val="Aptos Narrow"/>
-        <b val="0"/>
-[...2 lines deleted...]
-        <sz val="14.0"/>
+        <family val="2"/>
       </rPr>
-      <t>(eg, Guest Speaker Fees)</t>
+      <t xml:space="preserve"> leaving from and returning to LAX, during the season in which travel takes place, including 1 checked bag and all taxes/fees?</t>
     </r>
   </si>
   <si>
-    <t>Fee</t>
+    <t>ACCOMMODATIONS</t>
+  </si>
+  <si>
+    <t>TRANSPORTATION</t>
+  </si>
+  <si>
+    <t>In-Transit Meals</t>
+  </si>
+  <si>
+    <t>Additional Checked Bag</t>
+  </si>
+  <si>
+    <t>Communications</t>
+  </si>
+  <si>
+    <t>Incidentals (Tips, Gratuities, Etc)</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...6 lines deleted...]
-      <t xml:space="preserve">Additional Per-Day or Per-Hour Fees </t>
+      <t xml:space="preserve">RT Airport Transfers in US </t>
     </r>
     <r>
       <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Aptos Narrow"/>
-        <b val="0"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Mileage + Airport Parking</t>
+    </r>
+  </si>
+  <si>
+    <t>Select the less expensive option. If you do not require reimbursement for this expense, leave blank.</t>
+  </si>
+  <si>
+    <t>Explanation:</t>
+  </si>
+  <si>
+    <t>Airport Transfer in Program Country (Arrival)</t>
+  </si>
+  <si>
+    <t>Airport Transfer in Program Country (Departure)</t>
+  </si>
+  <si>
+    <t>Only include expense if not accounted for elsewhere in this budget sheet &amp; you require reimbursement</t>
+  </si>
+  <si>
+    <t>International Travel</t>
+  </si>
+  <si>
+    <t>Travel Visa / Pre-Registration</t>
+  </si>
+  <si>
+    <t>Program Administration</t>
+  </si>
+  <si>
+    <t>Teaching Supplies</t>
+  </si>
+  <si>
+    <t>Cannot be Reimbursed</t>
+  </si>
+  <si>
+    <t>Additional Transporation in Program Country 
+to Support Program Needs</t>
+  </si>
+  <si>
+    <t>Personal travel and entertainment</t>
+  </si>
+  <si>
+    <t>ADDITIONAL REIMBURSABLE PROGRAM LEADER EXPENSES</t>
+  </si>
+  <si>
+    <t>Additional Nights at Hotel Before Students Arrive
+to Support Program Needs</t>
+  </si>
+  <si>
+    <t>Additional Nights at Hotel After Students Leave
+to Support Program Needs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Up to 2 nights before students arrive and 2 nights after students leave is permitted where required for program administration. </t>
+  </si>
+  <si>
+    <t>Cost in USD</t>
+  </si>
+  <si>
+    <t>Location</t>
+  </si>
+  <si>
+    <t>MEALS</t>
+  </si>
+  <si>
+    <t>Meal</t>
+  </si>
+  <si>
+    <t>Total # Meals 
+During Program</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Approximate Cost 
+Per Meal </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(low end)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Approximate Cost 
+Per Meal </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(high end)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Recommended Budget Per Day Per Meal
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(when meal is not provided)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">All Meals During Program </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
         <color theme="1"/>
-        <sz val="14.0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
       </rPr>
-      <t>(eg, Translator)</t>
+      <t>(for student out of pocket and program leader reimbursement estimates)</t>
     </r>
   </si>
   <si>
-    <t>Translator Task</t>
-[...20 lines deleted...]
-    <t>Add anything not accounted for elsewhere in this budget + provide justification here</t>
+    <r>
+      <t xml:space="preserve">Meals Provided </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(any costs will be incorporated into program fee)</t>
+    </r>
+  </si>
+  <si>
+    <t># Additional 
+Group Meals</t>
+  </si>
+  <si>
+    <t>Total # Meals Provided</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> # Included in 
+Activity Costs</t>
+  </si>
+  <si>
+    <t># Cash Disbursement
+for Meals</t>
+  </si>
+  <si>
+    <t>Meals Included in Activity Costs</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Meals Covered by Cash Disbursement</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meal </t>
+  </si>
+  <si>
+    <t>Enter Values in USD</t>
+  </si>
+  <si>
+    <t>Additional Group Meals</t>
+  </si>
+  <si>
+    <t>Disbursement Per Person</t>
+  </si>
+  <si>
+    <t>Does your program include a welcome meal?</t>
+  </si>
+  <si>
+    <t>Does your program include a farewell meal?</t>
+  </si>
+  <si>
+    <t>Snack</t>
+  </si>
+  <si>
+    <t># Included in 
+Third Party or Accommodation Costs</t>
+  </si>
+  <si>
+    <t>ACTIVITIES</t>
+  </si>
+  <si>
+    <r>
+      <t>Per Person Activity Costs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Use the "per person activity costs" chart for activity costs that are calculated per person, for example museum entrance, theatre or tour ticket, workshop fee.</t>
+  </si>
+  <si>
+    <t>Where other room types are available(eg, triples, dorm rooms) list them and their rates. 
+This helps us with planning in the case of a gender imbalance, etc.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Enter values in USD. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">If program has 2+ leaders, report expenses below per leader. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Only include expenses for which program leaders will seek reimbursement.</t>
+    </r>
+  </si>
+  <si>
+    <t>ADDITIONAL STUDENT OUT OF POCKET EXPENSES</t>
+  </si>
+  <si>
+    <t>Leave Rate Information Blank if Using Third Party Provider</t>
+  </si>
+  <si>
+    <t>Budget Cover Page</t>
+  </si>
+  <si>
+    <t>Program Country</t>
+  </si>
+  <si>
+    <t>Travel Term</t>
+  </si>
+  <si>
+    <t># Days (Arrival to Departure)</t>
+  </si>
+  <si>
+    <t>Program Leader(s)</t>
+  </si>
+  <si>
+    <t>Travel Year</t>
+  </si>
+  <si>
+    <t>Exchange Rate Used in This Budget</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete all tabs. </t>
+  </si>
+  <si>
+    <t>RT Airport Transfers in US</t>
+  </si>
+  <si>
+    <t>Include expense only if it will be out of pocket (not included in program fee)</t>
+  </si>
+  <si>
+    <t>Travel gear, toiletries, clothing</t>
+  </si>
+  <si>
+    <t>Travel Visa / Pre-Registration for US citizen</t>
+  </si>
+  <si>
+    <t>Vaccines and Prophylaxis</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Enter values in USD. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>These estimates will be used to prepare an estimated out of pocket expense budget for participants. Only include a value for applicable expenses.</t>
+    </r>
+  </si>
+  <si>
+    <t>Gifts from home</t>
+  </si>
+  <si>
+    <t>Books, Gear, &amp; Supplies for Class</t>
+  </si>
+  <si>
+    <t>Any Additional Information</t>
+  </si>
+  <si>
+    <t>Independent Travel</t>
+  </si>
+  <si>
+    <t>Personal Entertainment</t>
+  </si>
+  <si>
+    <t>Use the "group activity costs" chart for activity costs that remain stable regardless of how many participants are in the group, including space use fees, tour guides, guest lectures, and similar.</t>
+  </si>
+  <si>
+    <t>PROGRAM FEE ESTIMATE</t>
+  </si>
+  <si>
+    <t>Program Admin</t>
+  </si>
+  <si>
+    <t>Other International Travel</t>
+  </si>
+  <si>
+    <t>RT International Airfare</t>
+  </si>
+  <si>
+    <t># Program Leaders</t>
+  </si>
+  <si>
+    <t>Total Cost for Leaders</t>
+  </si>
+  <si>
+    <t>Total Estimated Program Fee</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Program Leaders are </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="16"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>NOT</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> required to complete this page</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="16"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>but can use it to estimate the program fee.</t>
+    </r>
+  </si>
+  <si>
+    <t>Travel Insurance *</t>
+  </si>
+  <si>
+    <t>* Travel insurance rates are estimated to be $60 for a program 1-15 days, and $80 for a program 16-31 days, including travel days.</t>
+  </si>
+  <si>
+    <t>Total Direct Cost per Participant</t>
+  </si>
+  <si>
+    <r>
+      <t>Program Leader Costs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>to be reimbursed (and so included in program fee)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Group Costs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>to be included in program fee</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Individual Costs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>to be included in program fee</t>
+    </r>
+  </si>
+  <si>
+    <t>Additional Student Out of Pocket Expenses</t>
+  </si>
+  <si>
+    <t>Tuition</t>
+  </si>
+  <si>
+    <t>Airfare</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <fonts count="38">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
+  <fonts count="58">
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="18.0"/>
+      <sz val="18"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
     </font>
-    <font/>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+    </font>
     <font>
       <b/>
-      <sz val="16.0"/>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="16.0"/>
+      <sz val="16"/>
       <color rgb="FFFFFF00"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="14.0"/>
+      <sz val="14"/>
       <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="12.0"/>
+      <sz val="12"/>
       <color theme="4"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="18.0"/>
+      <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <i/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="20.0"/>
+      <sz val="20"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
-      <sz val="20.0"/>
+      <sz val="20"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <sz val="16.0"/>
+      <sz val="12"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFFFF00"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
-[...32 lines deleted...]
-      <sz val="10.0"/>
+      <sz val="11"/>
       <color theme="4"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14.0"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="14.0"/>
-      <color theme="1"/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10.0"/>
-      <color theme="1"/>
+      <sz val="16"/>
+      <color theme="0"/>
       <name val="Aptos Narrow"/>
-    </font>
-[...3 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
-      <color theme="4"/>
+      <sz val="14"/>
+      <color rgb="FFFFFF00"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
-    </font>
-[...14 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="14.0"/>
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
-      <color rgb="FF7F7F7F"/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FFFFFF00"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7030A0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="5" tint="-0.249977111117893"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="5" tint="-0.249977111117893"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="8" tint="-0.499984740745262"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="16"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="6"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="25">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7F7F7F"/>
         <bgColor rgb="FF7F7F7F"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor theme="7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
         <bgColor theme="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor theme="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFAE2D5"/>
-        <bgColor rgb="FFFAE2D5"/>
+        <fgColor rgb="FFC00000"/>
+        <bgColor theme="7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF2F2F2"/>
-        <bgColor rgb="FFF2F2F2"/>
+        <fgColor rgb="FFC00000"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9F2D0"/>
+        <fgColor theme="0" tint="-0.34998626667073579"/>
+        <bgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.499984740745262"/>
+        <bgColor rgb="FF7F7F7F"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.34998626667073579"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFD9F2D0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBE9F7"/>
+        <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFDBE9F7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF1CEEE"/>
-        <bgColor rgb="FFF1CEEE"/>
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC00000"/>
+        <bgColor rgb="FF7F7F7F"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="117">
-    <border/>
+  <borders count="133">
     <border>
       <left/>
-      <top/>
-[...6 lines deleted...]
-    <border>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
+      <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left/>
-      <top/>
-[...4 lines deleted...]
-    <border>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
-    </border>
-    <border>
       <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom/>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right/>
+      <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-    </border>
-[...257 lines deleted...]
-      </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-    </border>
-[...138 lines deleted...]
-      <top/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom/>
-[...12 lines deleted...]
-        <color rgb="FF000000"/>
+      <bottom style="medium">
+        <color theme="1"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
-      <right style="medium">
-[...34 lines deleted...]
-    <border>
       <right/>
       <top style="medium">
-        <color rgb="FF000000"/>
+        <color theme="1"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="medium">
-[...21 lines deleted...]
-      </left>
       <top style="thin">
-        <color rgb="FF000000"/>
-[...150 lines deleted...]
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
       <bottom style="medium">
-        <color rgb="FF000000"/>
+        <color theme="1"/>
       </bottom>
-    </border>
-[...9 lines deleted...]
-      </bottom>
+      <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color theme="1"/>
       </right>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color rgb="FF000000"/>
+        <color theme="1"/>
       </left>
-      <top/>
-[...12 lines deleted...]
-        <color rgb="FF000000"/>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
-      <top/>
-[...33 lines deleted...]
-      </bottom>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="336">
-[...3 lines deleted...]
-    <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+  <cellXfs count="495">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="2" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="4" numFmtId="2" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf borderId="1" fillId="3" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="15" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="4" fillId="3" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="12" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1"/>
+    <xf numFmtId="1" fontId="25" fillId="15" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="15" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="55" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="69" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="17" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="17" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="17" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="10" fillId="17" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="44" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="15" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="43" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="45" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="42" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="47" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="12" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="13" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf borderId="5" fillId="2" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-    <xf borderId="6" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="6" fillId="2" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...6 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="6" numFmtId="2" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyFont="1"/>
-    <xf borderId="13" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="18" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="87" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="79" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="117" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="108" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="109" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="87" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="108" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="117" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="109" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="87" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="117" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="18" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="62" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="76" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="121" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="122" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="123" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="124" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="61" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="60" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="90" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="91" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="77" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="61" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="42" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="78" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="17" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="17" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="17" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="17" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="97" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="12" borderId="48" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="20" borderId="79" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="20" borderId="81" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="19" borderId="83" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="19" borderId="105" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="121" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="122" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="123" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="57" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="13" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="126" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="127" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="99" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="4" borderId="128" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="25" fillId="16" borderId="128" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="90" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="76" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="12" fillId="12" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="33" fillId="13" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="13" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="43" fillId="13" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="14" borderId="97" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="14" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="17" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="17" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="14" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="12" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="17" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="22" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="28" fillId="23" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="10" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="9" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="14" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="9" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="25" fillId="16" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="12" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="12" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="12" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="17" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="19" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="12" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="85" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="68" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="76" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="89" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="78" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="62" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="103" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="12" borderId="97" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="12" borderId="48" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="125" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="21" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf borderId="14" fillId="4" fontId="8" numFmtId="2" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="9" numFmtId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf borderId="6" fillId="2" fontId="4" numFmtId="2" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf borderId="13" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...3 lines deleted...]
-    <xf borderId="9" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf borderId="11" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...8 lines deleted...]
-    <xf borderId="19" fillId="0" fontId="6" numFmtId="2" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="48" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="40" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="41" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="28" fillId="23" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="22" borderId="35" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="28" fillId="23" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="2" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf borderId="22" fillId="5" fontId="13" numFmtId="2" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1" applyNumberFormat="1">
+    <xf numFmtId="2" fontId="28" fillId="13" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf borderId="13" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="2" fontId="0" fillId="23" borderId="35" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="14" fillId="4" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...5 lines deleted...]
-    <xf borderId="13" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="2" fontId="1" fillId="22" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="22" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="22" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="40" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="41" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="42" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="43" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="44" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="45" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="47" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="17" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="57" fillId="24" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...667 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="18">
     <dxf>
-      <font/>
       <fill>
-        <patternFill patternType="none"/>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF83CAEB"/>
+          <bgColor rgb="FF83CAEB"/>
+        </patternFill>
       </fill>
-      <border/>
     </dxf>
     <dxf>
-      <font/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFC1E4F5"/>
+          <bgColor rgb="FFC1E4F5"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4"/>
           <bgColor theme="4"/>
         </patternFill>
       </fill>
-      <border/>
     </dxf>
     <dxf>
-      <font/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF83CAEB"/>
+          <bgColor rgb="FF83CAEB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFC1E4F5"/>
           <bgColor rgb="FFC1E4F5"/>
         </patternFill>
       </fill>
-      <border/>
     </dxf>
     <dxf>
-      <font/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF83CAEB"/>
           <bgColor rgb="FF83CAEB"/>
         </patternFill>
       </fill>
-      <border/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFC1E4F5"/>
+          <bgColor rgb="FFC1E4F5"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF83CAEB"/>
+          <bgColor rgb="FF83CAEB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFC1E4F5"/>
+          <bgColor rgb="FFC1E4F5"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF83CAEB"/>
+          <bgColor rgb="FF83CAEB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFC1E4F5"/>
+          <bgColor rgb="FFC1E4F5"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF83CAEB"/>
+          <bgColor rgb="FF83CAEB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFC1E4F5"/>
+          <bgColor rgb="FFC1E4F5"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="6">
-    <tableStyle count="3" pivot="0" name="Calculations-style">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
+      <tableStyleElement type="headerRow" dxfId="17"/>
+      <tableStyleElement type="firstRowStripe" dxfId="16"/>
+      <tableStyleElement type="secondRowStripe" dxfId="15"/>
     </tableStyle>
-    <tableStyle count="3" pivot="0" name="Calculations-style 2">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style 2" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
+      <tableStyleElement type="headerRow" dxfId="14"/>
+      <tableStyleElement type="firstRowStripe" dxfId="13"/>
+      <tableStyleElement type="secondRowStripe" dxfId="12"/>
     </tableStyle>
-    <tableStyle count="3" pivot="0" name="Calculations-style 3">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style 3" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
+      <tableStyleElement type="headerRow" dxfId="11"/>
+      <tableStyleElement type="firstRowStripe" dxfId="10"/>
+      <tableStyleElement type="secondRowStripe" dxfId="9"/>
     </tableStyle>
-    <tableStyle count="3" pivot="0" name="Calculations-style 4">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style 4" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
+      <tableStyleElement type="headerRow" dxfId="8"/>
+      <tableStyleElement type="firstRowStripe" dxfId="7"/>
+      <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
-    <tableStyle count="3" pivot="0" name="Calculations-style 5">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style 5" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
+      <tableStyleElement type="headerRow" dxfId="5"/>
+      <tableStyleElement type="firstRowStripe" dxfId="4"/>
+      <tableStyleElement type="secondRowStripe" dxfId="3"/>
     </tableStyle>
-    <tableStyle count="3" pivot="0" name="Calculations-style 6">
-[...2 lines deleted...]
-      <tableStyleElement dxfId="3" type="secondRowStripe"/>
+    <tableStyle name="Calculations-style 6" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
+      <tableStyleElement type="headerRow" dxfId="2"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1"/>
+      <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
+  <colors>
+    <mruColors>
+      <color rgb="FFFFFFCC"/>
+      <color rgb="FFFF7C80"/>
+    </mruColors>
+  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="B67:B69" displayName="Table_1" name="Table_1" id="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table_1" displayName="Table_1" ref="B67:B69">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="D67:D71" displayName="Table_2" name="Table_2" id="2">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Table_2" displayName="Table_2" ref="D67:D71">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style 2" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style 2" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="F67:F69" displayName="Table_3" name="Table_3" id="3">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Table_3" displayName="Table_3" ref="F67:F69">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style 3" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style 3" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="H67:H78" displayName="Table_4" name="Table_4" id="4">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="Table_4" displayName="Table_4" ref="H67:H78">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style 4" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style 4" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="M67:M78" displayName="Table_5" name="Table_5" id="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{00000000-000C-0000-FFFF-FFFF04000000}" name="Table_5" displayName="Table_5" ref="M67:M78">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0400-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style 5" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style 5" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" ref="P67:P70" displayName="Table_6" name="Table_6" id="6">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="Table_6" displayName="Table_6" ref="P67:P70">
   <tableColumns count="1">
-    <tableColumn name="Column1" id="1"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Column1"/>
   </tableColumns>
-  <tableStyleInfo name="Calculations-style 6" showColumnStripes="0" showFirstColumn="1" showLastColumn="1" showRowStripes="1"/>
+  <tableStyleInfo name="Calculations-style 6" showFirstColumn="1" showLastColumn="1" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -3409,4200 +4681,8644 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...28 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D664AC1E-20F1-4B4A-8841-8AD754C8A761}">
+  <dimension ref="B2:E13"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="2.63"/>
-[...14 lines deleted...]
-    <col customWidth="1" min="17" max="26" width="8.63"/>
+    <col min="2" max="2" width="36.140625" customWidth="1"/>
+    <col min="3" max="3" width="38.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="28.5" customHeight="1">
-[...90 lines deleted...]
-      <c r="B7" s="22" t="s">
+    <row r="2" spans="2:5" ht="21">
+      <c r="B2" s="268" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" s="268"/>
+      <c r="D2" s="221"/>
+      <c r="E2" s="50"/>
+    </row>
+    <row r="4" spans="2:5">
+      <c r="B4" s="76" t="s">
+        <v>177</v>
+      </c>
+      <c r="C4" s="222"/>
+    </row>
+    <row r="5" spans="2:5">
+      <c r="B5" s="76" t="s">
+        <v>174</v>
+      </c>
+      <c r="C5" s="222"/>
+    </row>
+    <row r="6" spans="2:5">
+      <c r="B6" s="76" t="s">
+        <v>175</v>
+      </c>
+      <c r="C6" s="222"/>
+    </row>
+    <row r="7" spans="2:5">
+      <c r="B7" s="59" t="s">
+        <v>178</v>
+      </c>
+      <c r="C7" s="222"/>
+    </row>
+    <row r="8" spans="2:5">
+      <c r="B8" s="76" t="s">
+        <v>176</v>
+      </c>
+      <c r="C8" s="222"/>
+    </row>
+    <row r="9" spans="2:5">
+      <c r="B9" s="76"/>
+    </row>
+    <row r="10" spans="2:5">
+      <c r="B10" s="76" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="23"/>
-[...3575 lines deleted...]
-      <c r="N1000" s="5"/>
+      <c r="C10" s="222"/>
+    </row>
+    <row r="11" spans="2:5">
+      <c r="B11" s="59" t="s">
+        <v>179</v>
+      </c>
+      <c r="C11" s="222"/>
+    </row>
+    <row r="13" spans="2:5">
+      <c r="B13" s="86" t="s">
+        <v>180</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="17">
-[...16 lines deleted...]
-    <mergeCell ref="B40:I40"/>
+  <mergeCells count="1">
+    <mergeCell ref="B2:C2"/>
   </mergeCells>
-  <dataValidations>
-[...4 lines deleted...]
-      <formula1>$P$68:$P$70</formula1>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:C7" xr:uid="{40AA8581-B7DF-46DF-96B9-F9220DEFDAE5}">
+      <formula1>"Spring Break,Winter,Summer"</formula1>
     </dataValidation>
   </dataValidations>
-  <printOptions/>
-[...10 lines deleted...]
-  </tableParts>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88A31DFC-B03E-4E9C-8222-E66F85A9CA80}">
+  <dimension ref="A1:R150"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="3.13"/>
-[...5 lines deleted...]
-    <col customWidth="1" min="17" max="26" width="8.63"/>
+    <col min="1" max="1" width="3.140625" customWidth="1"/>
+    <col min="2" max="2" width="3" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="4" max="4" width="23.85546875" customWidth="1"/>
+    <col min="5" max="5" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1"/>
+    <col min="7" max="7" width="3.28515625" style="52" customWidth="1"/>
+    <col min="8" max="8" width="3.5703125" style="52" customWidth="1"/>
+    <col min="9" max="18" width="8.5703125" style="52" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2">
-[...22 lines deleted...]
-      <c r="F3" s="80" t="s">
+    <row r="1" spans="2:18" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:18" ht="15" customHeight="1">
+      <c r="B2" s="100"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="58"/>
+    </row>
+    <row r="3" spans="2:18" ht="21">
+      <c r="B3" s="90"/>
+      <c r="C3" s="268" t="s">
+        <v>118</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="286"/>
+      <c r="G3" s="95"/>
+      <c r="I3" s="177"/>
+      <c r="J3" s="177"/>
+      <c r="K3" s="177"/>
+      <c r="L3" s="177"/>
+      <c r="M3" s="177"/>
+      <c r="N3" s="177"/>
+      <c r="O3" s="177"/>
+      <c r="P3" s="177"/>
+      <c r="Q3" s="177"/>
+      <c r="R3" s="177"/>
+    </row>
+    <row r="4" spans="2:18" ht="18.75">
+      <c r="B4" s="90"/>
+      <c r="C4" s="287" t="s">
+        <v>172</v>
+      </c>
+      <c r="D4" s="287"/>
+      <c r="E4" s="287"/>
+      <c r="F4" s="288"/>
+      <c r="G4" s="95"/>
+    </row>
+    <row r="5" spans="2:18" ht="15.75">
+      <c r="B5" s="90"/>
+      <c r="C5" s="102" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5" s="103"/>
+      <c r="E5" s="103"/>
+      <c r="F5" s="104"/>
+      <c r="G5" s="96"/>
+    </row>
+    <row r="6" spans="2:18" ht="15.75">
+      <c r="B6" s="90"/>
+      <c r="C6" s="102"/>
+      <c r="D6" s="103"/>
+      <c r="E6" s="103"/>
+      <c r="F6" s="104"/>
+      <c r="G6" s="96"/>
+    </row>
+    <row r="7" spans="2:18" ht="15.75" thickBot="1">
+      <c r="B7" s="90"/>
+      <c r="C7" s="277" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" s="277"/>
+      <c r="E7" s="277"/>
+      <c r="F7" s="277"/>
+      <c r="G7" s="97"/>
+    </row>
+    <row r="8" spans="2:18" ht="15.75" customHeight="1">
+      <c r="B8" s="90"/>
+      <c r="C8" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D8" s="278"/>
+      <c r="E8" s="279"/>
+      <c r="F8" s="280"/>
+      <c r="G8" s="98"/>
+      <c r="I8" s="271" t="s">
+        <v>101</v>
+      </c>
+      <c r="J8" s="271"/>
+      <c r="K8" s="271"/>
+      <c r="L8" s="271"/>
+      <c r="M8" s="271"/>
+      <c r="N8" s="271"/>
+      <c r="O8" s="271"/>
+      <c r="P8" s="271"/>
+      <c r="Q8" s="271"/>
+      <c r="R8" s="271"/>
+    </row>
+    <row r="9" spans="2:18" ht="15.75">
+      <c r="B9" s="90"/>
+      <c r="C9" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" s="281"/>
+      <c r="E9" s="282"/>
+      <c r="F9" s="283"/>
+      <c r="G9" s="98"/>
+      <c r="I9" s="271"/>
+      <c r="J9" s="271"/>
+      <c r="K9" s="271"/>
+      <c r="L9" s="271"/>
+      <c r="M9" s="271"/>
+      <c r="N9" s="271"/>
+      <c r="O9" s="271"/>
+      <c r="P9" s="271"/>
+      <c r="Q9" s="271"/>
+      <c r="R9" s="271"/>
+    </row>
+    <row r="10" spans="2:18">
+      <c r="B10" s="90"/>
+      <c r="C10" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" s="281"/>
+      <c r="E10" s="282"/>
+      <c r="F10" s="283"/>
+      <c r="G10" s="99"/>
+      <c r="I10" s="271"/>
+      <c r="J10" s="271"/>
+      <c r="K10" s="271"/>
+      <c r="L10" s="271"/>
+      <c r="M10" s="271"/>
+      <c r="N10" s="271"/>
+      <c r="O10" s="271"/>
+      <c r="P10" s="271"/>
+      <c r="Q10" s="271"/>
+      <c r="R10" s="271"/>
+    </row>
+    <row r="11" spans="2:18" ht="4.5" customHeight="1">
+      <c r="B11" s="90"/>
+      <c r="C11" s="243"/>
+      <c r="D11" s="64"/>
+      <c r="E11" s="64"/>
+      <c r="F11" s="244"/>
+      <c r="G11" s="97"/>
+    </row>
+    <row r="12" spans="2:18" ht="15.75" customHeight="1">
+      <c r="B12" s="90"/>
+      <c r="C12" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" s="61"/>
+      <c r="E12" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" s="246"/>
+      <c r="G12" s="93"/>
+      <c r="I12" s="269" t="s">
+        <v>102</v>
+      </c>
+      <c r="J12" s="269"/>
+      <c r="K12" s="269"/>
+      <c r="L12" s="269"/>
+      <c r="M12" s="269"/>
+      <c r="N12" s="269"/>
+      <c r="O12" s="269"/>
+      <c r="P12" s="269"/>
+      <c r="Q12" s="269"/>
+      <c r="R12" s="269"/>
+    </row>
+    <row r="13" spans="2:18" ht="15.75" customHeight="1">
+      <c r="B13" s="90"/>
+      <c r="C13" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" s="61"/>
+      <c r="E13" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F13" s="246"/>
+      <c r="G13" s="93"/>
+      <c r="I13" s="276" t="s">
+        <v>103</v>
+      </c>
+      <c r="J13" s="276"/>
+      <c r="K13" s="276"/>
+      <c r="L13" s="276"/>
+      <c r="M13" s="276"/>
+      <c r="N13" s="276"/>
+      <c r="O13" s="276"/>
+      <c r="P13" s="276"/>
+      <c r="Q13" s="276"/>
+      <c r="R13" s="276"/>
+    </row>
+    <row r="14" spans="2:18" ht="15.75">
+      <c r="B14" s="90"/>
+      <c r="C14" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D14" s="61"/>
+      <c r="E14" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" s="246"/>
+      <c r="G14" s="93"/>
+      <c r="I14" s="270" t="s">
+        <v>169</v>
+      </c>
+      <c r="J14" s="270"/>
+      <c r="K14" s="270"/>
+      <c r="L14" s="270"/>
+      <c r="M14" s="270"/>
+      <c r="N14" s="270"/>
+      <c r="O14" s="270"/>
+      <c r="P14" s="270"/>
+      <c r="Q14" s="270"/>
+      <c r="R14" s="270"/>
+    </row>
+    <row r="15" spans="2:18" ht="15.75">
+      <c r="B15" s="90"/>
+      <c r="C15" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" s="61"/>
+      <c r="E15" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F15" s="246"/>
+      <c r="G15" s="93"/>
+      <c r="I15" s="178"/>
+      <c r="J15" s="178"/>
+      <c r="K15" s="178"/>
+      <c r="L15" s="178"/>
+      <c r="M15" s="178"/>
+      <c r="N15" s="178"/>
+      <c r="O15" s="178"/>
+      <c r="P15" s="178"/>
+      <c r="Q15" s="178"/>
+      <c r="R15" s="178"/>
+    </row>
+    <row r="16" spans="2:18" ht="15.75" customHeight="1">
+      <c r="B16" s="90"/>
+      <c r="C16" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" s="61"/>
+      <c r="E16" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" s="246"/>
+      <c r="G16" s="93"/>
+      <c r="I16" s="178"/>
+      <c r="J16" s="178"/>
+      <c r="K16" s="178"/>
+      <c r="L16" s="178"/>
+      <c r="M16" s="178"/>
+      <c r="N16" s="178"/>
+      <c r="O16" s="178"/>
+      <c r="P16" s="178"/>
+      <c r="Q16" s="178"/>
+      <c r="R16" s="178"/>
+    </row>
+    <row r="17" spans="1:18" ht="15.75">
+      <c r="B17" s="90"/>
+      <c r="C17" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" s="61"/>
+      <c r="E17" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F17" s="246"/>
+      <c r="G17" s="93"/>
+      <c r="I17" s="178"/>
+      <c r="J17" s="178"/>
+      <c r="K17" s="178"/>
+      <c r="L17" s="178"/>
+      <c r="M17" s="178"/>
+      <c r="N17" s="178"/>
+      <c r="O17" s="178"/>
+      <c r="P17" s="178"/>
+      <c r="Q17" s="178"/>
+      <c r="R17" s="178"/>
+    </row>
+    <row r="18" spans="1:18" ht="15.75">
+      <c r="B18" s="90"/>
+      <c r="C18" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D18" s="61"/>
+      <c r="E18" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F18" s="246"/>
+      <c r="G18" s="99"/>
+      <c r="I18" s="178"/>
+      <c r="J18" s="178"/>
+      <c r="K18" s="178"/>
+      <c r="L18" s="178"/>
+      <c r="M18" s="178"/>
+      <c r="N18" s="178"/>
+      <c r="O18" s="178"/>
+      <c r="P18" s="178"/>
+      <c r="Q18" s="178"/>
+      <c r="R18" s="178"/>
+    </row>
+    <row r="19" spans="1:18" ht="6" customHeight="1">
+      <c r="B19" s="90"/>
+      <c r="C19" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" s="62"/>
+      <c r="E19" s="62"/>
+      <c r="F19" s="248"/>
+      <c r="G19" s="97"/>
+      <c r="I19" s="177"/>
+      <c r="J19" s="177"/>
+      <c r="K19" s="177"/>
+      <c r="L19" s="177"/>
+      <c r="M19" s="177"/>
+      <c r="N19" s="177"/>
+      <c r="O19" s="177"/>
+      <c r="P19" s="177"/>
+      <c r="Q19" s="177"/>
+      <c r="R19" s="177"/>
+    </row>
+    <row r="20" spans="1:18" ht="45" customHeight="1">
+      <c r="B20" s="90"/>
+      <c r="C20" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="284"/>
+      <c r="E20" s="284"/>
+      <c r="F20" s="285"/>
+      <c r="G20" s="93"/>
+      <c r="I20" s="269" t="s">
+        <v>105</v>
+      </c>
+      <c r="J20" s="269"/>
+      <c r="K20" s="269"/>
+      <c r="L20" s="269"/>
+      <c r="M20" s="269"/>
+      <c r="N20" s="269"/>
+      <c r="O20" s="269"/>
+      <c r="P20" s="269"/>
+      <c r="Q20" s="269"/>
+      <c r="R20" s="269"/>
+    </row>
+    <row r="21" spans="1:18" ht="4.5" customHeight="1">
+      <c r="B21" s="90"/>
+      <c r="C21" s="249"/>
+      <c r="D21" s="63"/>
+      <c r="E21" s="63"/>
+      <c r="F21" s="250"/>
+      <c r="G21" s="93"/>
+      <c r="I21" s="177"/>
+      <c r="J21" s="177"/>
+      <c r="K21" s="177"/>
+      <c r="L21" s="177"/>
+      <c r="M21" s="177"/>
+      <c r="N21" s="177"/>
+      <c r="O21" s="177"/>
+      <c r="P21" s="177"/>
+      <c r="Q21" s="177"/>
+      <c r="R21" s="177"/>
+    </row>
+    <row r="22" spans="1:18">
+      <c r="B22" s="90"/>
+      <c r="C22" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" s="272"/>
+      <c r="E22" s="272"/>
+      <c r="F22" s="273"/>
+      <c r="G22" s="93"/>
+      <c r="I22" s="269" t="s">
+        <v>104</v>
+      </c>
+      <c r="J22" s="269"/>
+      <c r="K22" s="269"/>
+      <c r="L22" s="269"/>
+      <c r="M22" s="269"/>
+      <c r="N22" s="269"/>
+      <c r="O22" s="269"/>
+      <c r="P22" s="269"/>
+      <c r="Q22" s="269"/>
+      <c r="R22" s="269"/>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" thickBot="1">
+      <c r="B23" s="90"/>
+      <c r="C23" s="251" t="s">
         <v>66</v>
       </c>
-      <c r="G3" s="56"/>
-[...30 lines deleted...]
-      <c r="D6" s="84" t="s">
+      <c r="D23" s="252"/>
+      <c r="E23" s="274"/>
+      <c r="F23" s="275"/>
+      <c r="G23" s="93"/>
+      <c r="I23" s="177"/>
+      <c r="J23" s="177"/>
+      <c r="K23" s="177"/>
+      <c r="L23" s="177"/>
+      <c r="M23" s="177"/>
+      <c r="N23" s="177"/>
+      <c r="O23" s="177"/>
+      <c r="P23" s="177"/>
+      <c r="Q23" s="177"/>
+      <c r="R23" s="177"/>
+    </row>
+    <row r="24" spans="1:18" ht="29.25" customHeight="1">
+      <c r="B24" s="90"/>
+      <c r="C24" s="91"/>
+      <c r="D24" s="91"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="92"/>
+      <c r="G24" s="93"/>
+      <c r="I24" s="177"/>
+      <c r="J24" s="177"/>
+      <c r="K24" s="177"/>
+      <c r="L24" s="177"/>
+      <c r="M24" s="177"/>
+      <c r="N24" s="177"/>
+      <c r="O24" s="177"/>
+      <c r="P24" s="177"/>
+      <c r="Q24" s="177"/>
+      <c r="R24" s="177"/>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" thickBot="1">
+      <c r="A25" s="52"/>
+      <c r="B25" s="51"/>
+      <c r="C25" s="277" t="s">
+        <v>94</v>
+      </c>
+      <c r="D25" s="277"/>
+      <c r="E25" s="277"/>
+      <c r="F25" s="277"/>
+      <c r="G25" s="55"/>
+      <c r="I25" s="177"/>
+      <c r="J25" s="177"/>
+      <c r="K25" s="177"/>
+      <c r="L25" s="177"/>
+      <c r="M25" s="177"/>
+      <c r="N25" s="177"/>
+      <c r="O25" s="177"/>
+      <c r="P25" s="177"/>
+      <c r="Q25" s="177"/>
+      <c r="R25" s="177"/>
+    </row>
+    <row r="26" spans="1:18">
+      <c r="A26" s="52"/>
+      <c r="B26" s="51"/>
+      <c r="C26" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" s="278"/>
+      <c r="E26" s="279"/>
+      <c r="F26" s="280"/>
+      <c r="G26" s="55"/>
+      <c r="I26" s="177"/>
+      <c r="J26" s="177"/>
+      <c r="K26" s="177"/>
+      <c r="L26" s="177"/>
+      <c r="M26" s="177"/>
+      <c r="N26" s="177"/>
+      <c r="O26" s="177"/>
+      <c r="P26" s="177"/>
+      <c r="Q26" s="177"/>
+      <c r="R26" s="177"/>
+    </row>
+    <row r="27" spans="1:18">
+      <c r="A27" s="52"/>
+      <c r="B27" s="51"/>
+      <c r="C27" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="281"/>
+      <c r="E27" s="282"/>
+      <c r="F27" s="283"/>
+      <c r="G27" s="54"/>
+      <c r="I27" s="177"/>
+      <c r="J27" s="177"/>
+      <c r="K27" s="177"/>
+      <c r="L27" s="177"/>
+      <c r="M27" s="177"/>
+      <c r="N27" s="177"/>
+      <c r="O27" s="177"/>
+      <c r="P27" s="177"/>
+      <c r="Q27" s="177"/>
+      <c r="R27" s="177"/>
+    </row>
+    <row r="28" spans="1:18">
+      <c r="A28" s="52"/>
+      <c r="B28" s="51"/>
+      <c r="C28" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28" s="281"/>
+      <c r="E28" s="282"/>
+      <c r="F28" s="283"/>
+      <c r="G28" s="53"/>
+      <c r="I28" s="177"/>
+      <c r="J28" s="177"/>
+      <c r="K28" s="177"/>
+      <c r="L28" s="177"/>
+      <c r="M28" s="177"/>
+      <c r="N28" s="177"/>
+      <c r="O28" s="177"/>
+      <c r="P28" s="177"/>
+      <c r="Q28" s="177"/>
+      <c r="R28" s="177"/>
+    </row>
+    <row r="29" spans="1:18" ht="6" customHeight="1">
+      <c r="A29" s="52"/>
+      <c r="B29" s="51"/>
+      <c r="C29" s="243"/>
+      <c r="D29" s="64"/>
+      <c r="E29" s="64"/>
+      <c r="F29" s="244"/>
+      <c r="G29" s="56"/>
+      <c r="I29" s="177"/>
+      <c r="J29" s="177"/>
+      <c r="K29" s="177"/>
+      <c r="L29" s="177"/>
+      <c r="M29" s="177"/>
+      <c r="N29" s="177"/>
+      <c r="O29" s="177"/>
+      <c r="P29" s="177"/>
+      <c r="Q29" s="177"/>
+      <c r="R29" s="177"/>
+    </row>
+    <row r="30" spans="1:18" ht="15.75">
+      <c r="A30" s="52"/>
+      <c r="B30" s="51"/>
+      <c r="C30" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30" s="61"/>
+      <c r="E30" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F30" s="246"/>
+      <c r="G30" s="56"/>
+      <c r="I30" s="177"/>
+      <c r="J30" s="177"/>
+      <c r="K30" s="177"/>
+      <c r="L30" s="177"/>
+      <c r="M30" s="177"/>
+      <c r="N30" s="177"/>
+      <c r="O30" s="177"/>
+      <c r="P30" s="177"/>
+      <c r="Q30" s="177"/>
+      <c r="R30" s="177"/>
+    </row>
+    <row r="31" spans="1:18" ht="15.75">
+      <c r="A31" s="52"/>
+      <c r="B31" s="51"/>
+      <c r="C31" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D31" s="61"/>
+      <c r="E31" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" s="246"/>
+      <c r="G31" s="56"/>
+      <c r="I31" s="177"/>
+      <c r="J31" s="177"/>
+      <c r="K31" s="177"/>
+      <c r="L31" s="177"/>
+      <c r="M31" s="177"/>
+      <c r="N31" s="177"/>
+      <c r="O31" s="177"/>
+      <c r="P31" s="177"/>
+      <c r="Q31" s="177"/>
+      <c r="R31" s="177"/>
+    </row>
+    <row r="32" spans="1:18" ht="15.75">
+      <c r="A32" s="52"/>
+      <c r="B32" s="51"/>
+      <c r="C32" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32" s="61"/>
+      <c r="E32" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F32" s="246"/>
+      <c r="G32" s="54"/>
+      <c r="I32" s="177"/>
+      <c r="J32" s="177"/>
+      <c r="K32" s="177"/>
+      <c r="L32" s="177"/>
+      <c r="M32" s="177"/>
+      <c r="N32" s="177"/>
+      <c r="O32" s="177"/>
+      <c r="P32" s="177"/>
+      <c r="Q32" s="177"/>
+      <c r="R32" s="177"/>
+    </row>
+    <row r="33" spans="1:18" ht="15.75">
+      <c r="A33" s="52"/>
+      <c r="B33" s="51"/>
+      <c r="C33" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D33" s="61"/>
+      <c r="E33" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F33" s="246"/>
+      <c r="G33" s="65"/>
+      <c r="H33" s="58"/>
+      <c r="I33" s="177"/>
+      <c r="J33" s="177"/>
+      <c r="K33" s="177"/>
+      <c r="L33" s="177"/>
+      <c r="M33" s="177"/>
+      <c r="N33" s="177"/>
+      <c r="O33" s="177"/>
+      <c r="P33" s="177"/>
+      <c r="Q33" s="177"/>
+      <c r="R33" s="177"/>
+    </row>
+    <row r="34" spans="1:18" ht="15.75">
+      <c r="A34" s="52"/>
+      <c r="B34" s="57"/>
+      <c r="C34" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D34" s="61"/>
+      <c r="E34" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F34" s="246"/>
+      <c r="G34" s="54"/>
+    </row>
+    <row r="35" spans="1:18" ht="15.75">
+      <c r="B35" s="57"/>
+      <c r="C35" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" s="61"/>
+      <c r="E35" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F35" s="246"/>
+      <c r="G35" s="54"/>
+    </row>
+    <row r="36" spans="1:18" ht="15.75">
+      <c r="B36" s="57"/>
+      <c r="C36" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D36" s="61"/>
+      <c r="E36" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F36" s="246"/>
+      <c r="G36" s="54"/>
+    </row>
+    <row r="37" spans="1:18" ht="6" customHeight="1">
+      <c r="B37" s="57"/>
+      <c r="C37" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D37" s="62"/>
+      <c r="E37" s="62"/>
+      <c r="F37" s="248"/>
+      <c r="G37" s="54"/>
+    </row>
+    <row r="38" spans="1:18" ht="33.75" customHeight="1">
+      <c r="B38" s="57"/>
+      <c r="C38" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" s="284"/>
+      <c r="E38" s="284"/>
+      <c r="F38" s="285"/>
+      <c r="G38" s="54"/>
+    </row>
+    <row r="39" spans="1:18" ht="3" customHeight="1">
+      <c r="B39" s="57"/>
+      <c r="C39" s="249"/>
+      <c r="D39" s="63"/>
+      <c r="E39" s="63"/>
+      <c r="F39" s="250"/>
+      <c r="G39" s="54"/>
+    </row>
+    <row r="40" spans="1:18">
+      <c r="B40" s="57"/>
+      <c r="C40" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" s="272"/>
+      <c r="E40" s="272"/>
+      <c r="F40" s="273"/>
+      <c r="G40" s="54"/>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" thickBot="1">
+      <c r="B41" s="57"/>
+      <c r="C41" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="252"/>
+      <c r="E41" s="274"/>
+      <c r="F41" s="275"/>
+      <c r="G41" s="54"/>
+    </row>
+    <row r="42" spans="1:18" ht="31.5" customHeight="1">
+      <c r="B42" s="57"/>
+      <c r="C42" s="52"/>
+      <c r="D42" s="52"/>
+      <c r="E42" s="52"/>
+      <c r="F42" s="52"/>
+      <c r="G42" s="54"/>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" thickBot="1">
+      <c r="B43" s="57"/>
+      <c r="C43" s="277" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="277"/>
+      <c r="E43" s="277"/>
+      <c r="F43" s="277"/>
+      <c r="G43" s="54"/>
+    </row>
+    <row r="44" spans="1:18">
+      <c r="B44" s="57"/>
+      <c r="C44" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44" s="278"/>
+      <c r="E44" s="279"/>
+      <c r="F44" s="280"/>
+      <c r="G44" s="54"/>
+    </row>
+    <row r="45" spans="1:18">
+      <c r="B45" s="57"/>
+      <c r="C45" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D45" s="281"/>
+      <c r="E45" s="282"/>
+      <c r="F45" s="283"/>
+      <c r="G45" s="54"/>
+    </row>
+    <row r="46" spans="1:18">
+      <c r="B46" s="57"/>
+      <c r="C46" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D46" s="281"/>
+      <c r="E46" s="282"/>
+      <c r="F46" s="283"/>
+      <c r="G46" s="54"/>
+    </row>
+    <row r="47" spans="1:18" s="79" customFormat="1" ht="6" customHeight="1">
+      <c r="B47" s="223"/>
+      <c r="C47" s="253"/>
+      <c r="D47" s="224"/>
+      <c r="E47" s="224"/>
+      <c r="F47" s="254"/>
+      <c r="G47" s="225"/>
+      <c r="H47" s="86"/>
+      <c r="I47" s="86"/>
+      <c r="J47" s="86"/>
+      <c r="K47" s="86"/>
+      <c r="L47" s="86"/>
+      <c r="M47" s="86"/>
+      <c r="N47" s="86"/>
+      <c r="O47" s="86"/>
+      <c r="P47" s="86"/>
+      <c r="Q47" s="86"/>
+      <c r="R47" s="86"/>
+    </row>
+    <row r="48" spans="1:18" ht="15.75">
+      <c r="B48" s="57"/>
+      <c r="C48" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D48" s="61"/>
+      <c r="E48" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F48" s="246"/>
+      <c r="G48" s="54"/>
+    </row>
+    <row r="49" spans="2:7" ht="15.75">
+      <c r="B49" s="57"/>
+      <c r="C49" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D49" s="61"/>
+      <c r="E49" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F49" s="246"/>
+      <c r="G49" s="54"/>
+    </row>
+    <row r="50" spans="2:7" ht="15.75">
+      <c r="B50" s="57"/>
+      <c r="C50" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D50" s="61"/>
+      <c r="E50" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F50" s="246"/>
+      <c r="G50" s="54"/>
+    </row>
+    <row r="51" spans="2:7" ht="15.75">
+      <c r="B51" s="57"/>
+      <c r="C51" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D51" s="61"/>
+      <c r="E51" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F51" s="246"/>
+      <c r="G51" s="54"/>
+    </row>
+    <row r="52" spans="2:7" ht="15.75">
+      <c r="B52" s="57"/>
+      <c r="C52" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D52" s="61"/>
+      <c r="E52" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F52" s="246"/>
+      <c r="G52" s="54"/>
+    </row>
+    <row r="53" spans="2:7" ht="15.75">
+      <c r="B53" s="57"/>
+      <c r="C53" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D53" s="61"/>
+      <c r="E53" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F53" s="246"/>
+      <c r="G53" s="54"/>
+    </row>
+    <row r="54" spans="2:7" ht="15.75">
+      <c r="B54" s="57"/>
+      <c r="C54" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D54" s="61"/>
+      <c r="E54" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F54" s="246"/>
+      <c r="G54" s="54"/>
+    </row>
+    <row r="55" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B55" s="57"/>
+      <c r="C55" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D55" s="62"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="248"/>
+      <c r="G55" s="54"/>
+    </row>
+    <row r="56" spans="2:7" ht="31.5" customHeight="1">
+      <c r="B56" s="57"/>
+      <c r="C56" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D56" s="284"/>
+      <c r="E56" s="284"/>
+      <c r="F56" s="285"/>
+      <c r="G56" s="54"/>
+    </row>
+    <row r="57" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B57" s="57"/>
+      <c r="C57" s="249"/>
+      <c r="D57" s="63"/>
+      <c r="E57" s="63"/>
+      <c r="F57" s="250"/>
+      <c r="G57" s="54"/>
+    </row>
+    <row r="58" spans="2:7">
+      <c r="B58" s="57"/>
+      <c r="C58" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D58" s="272"/>
+      <c r="E58" s="272"/>
+      <c r="F58" s="273"/>
+      <c r="G58" s="54"/>
+    </row>
+    <row r="59" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B59" s="57"/>
+      <c r="C59" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D59" s="252"/>
+      <c r="E59" s="274"/>
+      <c r="F59" s="275"/>
+      <c r="G59" s="54"/>
+    </row>
+    <row r="60" spans="2:7" ht="31.5" customHeight="1">
+      <c r="B60" s="57"/>
+      <c r="C60" s="52"/>
+      <c r="D60" s="52"/>
+      <c r="E60" s="52"/>
+      <c r="F60" s="52"/>
+      <c r="G60" s="54"/>
+    </row>
+    <row r="61" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B61" s="57"/>
+      <c r="C61" s="277" t="s">
+        <v>96</v>
+      </c>
+      <c r="D61" s="277"/>
+      <c r="E61" s="277"/>
+      <c r="F61" s="277"/>
+      <c r="G61" s="54"/>
+    </row>
+    <row r="62" spans="2:7">
+      <c r="B62" s="57"/>
+      <c r="C62" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D62" s="278"/>
+      <c r="E62" s="279"/>
+      <c r="F62" s="280"/>
+      <c r="G62" s="54"/>
+    </row>
+    <row r="63" spans="2:7">
+      <c r="B63" s="57"/>
+      <c r="C63" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D63" s="281"/>
+      <c r="E63" s="282"/>
+      <c r="F63" s="283"/>
+      <c r="G63" s="54"/>
+    </row>
+    <row r="64" spans="2:7">
+      <c r="B64" s="57"/>
+      <c r="C64" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D64" s="281"/>
+      <c r="E64" s="282"/>
+      <c r="F64" s="283"/>
+      <c r="G64" s="54"/>
+    </row>
+    <row r="65" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B65" s="57"/>
+      <c r="C65" s="243"/>
+      <c r="D65" s="64"/>
+      <c r="E65" s="64"/>
+      <c r="F65" s="244"/>
+      <c r="G65" s="54"/>
+    </row>
+    <row r="66" spans="2:7" ht="15.75">
+      <c r="B66" s="57"/>
+      <c r="C66" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D66" s="61"/>
+      <c r="E66" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F66" s="246"/>
+      <c r="G66" s="54"/>
+    </row>
+    <row r="67" spans="2:7" ht="15.75">
+      <c r="B67" s="57"/>
+      <c r="C67" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D67" s="61"/>
+      <c r="E67" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F67" s="246"/>
+      <c r="G67" s="54"/>
+    </row>
+    <row r="68" spans="2:7" ht="15.75">
+      <c r="B68" s="57"/>
+      <c r="C68" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D68" s="61"/>
+      <c r="E68" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F68" s="246"/>
+      <c r="G68" s="54"/>
+    </row>
+    <row r="69" spans="2:7" ht="15.75">
+      <c r="B69" s="57"/>
+      <c r="C69" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D69" s="61"/>
+      <c r="E69" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F69" s="246"/>
+      <c r="G69" s="54"/>
+    </row>
+    <row r="70" spans="2:7" ht="15.75">
+      <c r="B70" s="57"/>
+      <c r="C70" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D70" s="61"/>
+      <c r="E70" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F70" s="246"/>
+      <c r="G70" s="54"/>
+    </row>
+    <row r="71" spans="2:7" ht="15.75">
+      <c r="B71" s="57"/>
+      <c r="C71" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D71" s="61"/>
+      <c r="E71" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F71" s="246"/>
+      <c r="G71" s="54"/>
+    </row>
+    <row r="72" spans="2:7" ht="15.75">
+      <c r="B72" s="57"/>
+      <c r="C72" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D72" s="61"/>
+      <c r="E72" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" s="246"/>
+      <c r="G72" s="54"/>
+    </row>
+    <row r="73" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B73" s="57"/>
+      <c r="C73" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D73" s="62"/>
+      <c r="E73" s="62"/>
+      <c r="F73" s="248"/>
+      <c r="G73" s="54"/>
+    </row>
+    <row r="74" spans="2:7" ht="30.75" customHeight="1">
+      <c r="B74" s="57"/>
+      <c r="C74" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D74" s="284"/>
+      <c r="E74" s="284"/>
+      <c r="F74" s="285"/>
+      <c r="G74" s="54"/>
+    </row>
+    <row r="75" spans="2:7" ht="3" customHeight="1">
+      <c r="B75" s="57"/>
+      <c r="C75" s="249"/>
+      <c r="D75" s="63"/>
+      <c r="E75" s="63"/>
+      <c r="F75" s="250"/>
+      <c r="G75" s="54"/>
+    </row>
+    <row r="76" spans="2:7">
+      <c r="B76" s="57"/>
+      <c r="C76" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D76" s="272"/>
+      <c r="E76" s="272"/>
+      <c r="F76" s="273"/>
+      <c r="G76" s="54"/>
+    </row>
+    <row r="77" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B77" s="57"/>
+      <c r="C77" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D77" s="252"/>
+      <c r="E77" s="274"/>
+      <c r="F77" s="275"/>
+      <c r="G77" s="54"/>
+    </row>
+    <row r="78" spans="2:7" ht="33" customHeight="1">
+      <c r="B78" s="57"/>
+      <c r="C78" s="52"/>
+      <c r="D78" s="52"/>
+      <c r="E78" s="52"/>
+      <c r="F78" s="52"/>
+      <c r="G78" s="54"/>
+    </row>
+    <row r="79" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B79" s="57"/>
+      <c r="C79" s="277" t="s">
+        <v>97</v>
+      </c>
+      <c r="D79" s="277"/>
+      <c r="E79" s="277"/>
+      <c r="F79" s="277"/>
+      <c r="G79" s="54"/>
+    </row>
+    <row r="80" spans="2:7">
+      <c r="B80" s="57"/>
+      <c r="C80" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D80" s="278"/>
+      <c r="E80" s="279"/>
+      <c r="F80" s="280"/>
+      <c r="G80" s="54"/>
+    </row>
+    <row r="81" spans="2:7">
+      <c r="B81" s="57"/>
+      <c r="C81" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D81" s="281"/>
+      <c r="E81" s="282"/>
+      <c r="F81" s="283"/>
+      <c r="G81" s="54"/>
+    </row>
+    <row r="82" spans="2:7">
+      <c r="B82" s="57"/>
+      <c r="C82" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D82" s="281"/>
+      <c r="E82" s="282"/>
+      <c r="F82" s="283"/>
+      <c r="G82" s="54"/>
+    </row>
+    <row r="83" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B83" s="57"/>
+      <c r="C83" s="243"/>
+      <c r="D83" s="64"/>
+      <c r="E83" s="64"/>
+      <c r="F83" s="244"/>
+      <c r="G83" s="54"/>
+    </row>
+    <row r="84" spans="2:7" ht="15.75">
+      <c r="B84" s="57"/>
+      <c r="C84" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D84" s="61"/>
+      <c r="E84" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F84" s="246"/>
+      <c r="G84" s="54"/>
+    </row>
+    <row r="85" spans="2:7" ht="15.75">
+      <c r="B85" s="57"/>
+      <c r="C85" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D85" s="61"/>
+      <c r="E85" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F85" s="246"/>
+      <c r="G85" s="54"/>
+    </row>
+    <row r="86" spans="2:7" ht="15.75">
+      <c r="B86" s="57"/>
+      <c r="C86" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D86" s="61"/>
+      <c r="E86" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F86" s="246"/>
+      <c r="G86" s="54"/>
+    </row>
+    <row r="87" spans="2:7" ht="15.75">
+      <c r="B87" s="57"/>
+      <c r="C87" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D87" s="61"/>
+      <c r="E87" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F87" s="246"/>
+      <c r="G87" s="54"/>
+    </row>
+    <row r="88" spans="2:7" ht="15.75">
+      <c r="B88" s="57"/>
+      <c r="C88" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D88" s="61"/>
+      <c r="E88" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F88" s="246"/>
+      <c r="G88" s="54"/>
+    </row>
+    <row r="89" spans="2:7" ht="15.75">
+      <c r="B89" s="57"/>
+      <c r="C89" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D89" s="61"/>
+      <c r="E89" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F89" s="246"/>
+      <c r="G89" s="54"/>
+    </row>
+    <row r="90" spans="2:7" ht="15.75">
+      <c r="B90" s="57"/>
+      <c r="C90" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D90" s="61"/>
+      <c r="E90" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F90" s="246"/>
+      <c r="G90" s="54"/>
+    </row>
+    <row r="91" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B91" s="57"/>
+      <c r="C91" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D91" s="62"/>
+      <c r="E91" s="62"/>
+      <c r="F91" s="248"/>
+      <c r="G91" s="54"/>
+    </row>
+    <row r="92" spans="2:7" ht="32.25" customHeight="1">
+      <c r="B92" s="57"/>
+      <c r="C92" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D92" s="284"/>
+      <c r="E92" s="284"/>
+      <c r="F92" s="285"/>
+      <c r="G92" s="54"/>
+    </row>
+    <row r="93" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B93" s="57"/>
+      <c r="C93" s="249"/>
+      <c r="D93" s="63"/>
+      <c r="E93" s="63"/>
+      <c r="F93" s="250"/>
+      <c r="G93" s="54"/>
+    </row>
+    <row r="94" spans="2:7">
+      <c r="B94" s="57"/>
+      <c r="C94" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D94" s="272"/>
+      <c r="E94" s="272"/>
+      <c r="F94" s="273"/>
+      <c r="G94" s="54"/>
+    </row>
+    <row r="95" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B95" s="57"/>
+      <c r="C95" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D95" s="252"/>
+      <c r="E95" s="274"/>
+      <c r="F95" s="275"/>
+      <c r="G95" s="54"/>
+    </row>
+    <row r="96" spans="2:7" ht="32.25" customHeight="1">
+      <c r="B96" s="57"/>
+      <c r="C96" s="52"/>
+      <c r="D96" s="52"/>
+      <c r="E96" s="52"/>
+      <c r="F96" s="52"/>
+      <c r="G96" s="54"/>
+    </row>
+    <row r="97" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B97" s="57"/>
+      <c r="C97" s="277" t="s">
+        <v>98</v>
+      </c>
+      <c r="D97" s="277"/>
+      <c r="E97" s="277"/>
+      <c r="F97" s="277"/>
+      <c r="G97" s="54"/>
+    </row>
+    <row r="98" spans="2:7">
+      <c r="B98" s="57"/>
+      <c r="C98" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D98" s="278"/>
+      <c r="E98" s="279"/>
+      <c r="F98" s="280"/>
+      <c r="G98" s="54"/>
+    </row>
+    <row r="99" spans="2:7">
+      <c r="B99" s="57"/>
+      <c r="C99" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" s="281"/>
+      <c r="E99" s="282"/>
+      <c r="F99" s="283"/>
+      <c r="G99" s="54"/>
+    </row>
+    <row r="100" spans="2:7">
+      <c r="B100" s="57"/>
+      <c r="C100" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D100" s="281"/>
+      <c r="E100" s="282"/>
+      <c r="F100" s="283"/>
+      <c r="G100" s="54"/>
+    </row>
+    <row r="101" spans="2:7" ht="4.5" customHeight="1">
+      <c r="B101" s="57"/>
+      <c r="C101" s="243"/>
+      <c r="D101" s="64"/>
+      <c r="E101" s="64"/>
+      <c r="F101" s="244"/>
+      <c r="G101" s="54"/>
+    </row>
+    <row r="102" spans="2:7" ht="15.75">
+      <c r="B102" s="57"/>
+      <c r="C102" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D102" s="61"/>
+      <c r="E102" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F102" s="246"/>
+      <c r="G102" s="54"/>
+    </row>
+    <row r="103" spans="2:7" ht="15.75">
+      <c r="B103" s="57"/>
+      <c r="C103" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D103" s="61"/>
+      <c r="E103" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F103" s="246"/>
+      <c r="G103" s="54"/>
+    </row>
+    <row r="104" spans="2:7" ht="15.75">
+      <c r="B104" s="57"/>
+      <c r="C104" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D104" s="61"/>
+      <c r="E104" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F104" s="246"/>
+      <c r="G104" s="54"/>
+    </row>
+    <row r="105" spans="2:7" ht="15.75">
+      <c r="B105" s="57"/>
+      <c r="C105" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D105" s="61"/>
+      <c r="E105" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F105" s="246"/>
+      <c r="G105" s="54"/>
+    </row>
+    <row r="106" spans="2:7" ht="15.75">
+      <c r="B106" s="57"/>
+      <c r="C106" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D106" s="61"/>
+      <c r="E106" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F106" s="246"/>
+      <c r="G106" s="54"/>
+    </row>
+    <row r="107" spans="2:7" ht="15.75">
+      <c r="B107" s="57"/>
+      <c r="C107" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D107" s="61"/>
+      <c r="E107" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F107" s="246"/>
+      <c r="G107" s="54"/>
+    </row>
+    <row r="108" spans="2:7" ht="15.75">
+      <c r="B108" s="57"/>
+      <c r="C108" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D108" s="61"/>
+      <c r="E108" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F108" s="246"/>
+      <c r="G108" s="54"/>
+    </row>
+    <row r="109" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B109" s="57"/>
+      <c r="C109" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D109" s="62"/>
+      <c r="E109" s="62"/>
+      <c r="F109" s="248"/>
+      <c r="G109" s="54"/>
+    </row>
+    <row r="110" spans="2:7" ht="28.5" customHeight="1">
+      <c r="B110" s="57"/>
+      <c r="C110" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D110" s="284"/>
+      <c r="E110" s="284"/>
+      <c r="F110" s="285"/>
+      <c r="G110" s="54"/>
+    </row>
+    <row r="111" spans="2:7" ht="2.25" customHeight="1">
+      <c r="B111" s="57"/>
+      <c r="C111" s="249"/>
+      <c r="D111" s="63"/>
+      <c r="E111" s="63"/>
+      <c r="F111" s="250"/>
+      <c r="G111" s="54"/>
+    </row>
+    <row r="112" spans="2:7">
+      <c r="B112" s="57"/>
+      <c r="C112" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D112" s="272"/>
+      <c r="E112" s="272"/>
+      <c r="F112" s="273"/>
+      <c r="G112" s="54"/>
+    </row>
+    <row r="113" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B113" s="57"/>
+      <c r="C113" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D113" s="252"/>
+      <c r="E113" s="274"/>
+      <c r="F113" s="275"/>
+      <c r="G113" s="54"/>
+    </row>
+    <row r="114" spans="2:7" ht="30" customHeight="1">
+      <c r="B114" s="57"/>
+      <c r="C114" s="52"/>
+      <c r="D114" s="52"/>
+      <c r="E114" s="52"/>
+      <c r="F114" s="52"/>
+      <c r="G114" s="54"/>
+    </row>
+    <row r="115" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B115" s="57"/>
+      <c r="C115" s="277" t="s">
+        <v>99</v>
+      </c>
+      <c r="D115" s="277"/>
+      <c r="E115" s="277"/>
+      <c r="F115" s="277"/>
+      <c r="G115" s="54"/>
+    </row>
+    <row r="116" spans="2:7">
+      <c r="B116" s="57"/>
+      <c r="C116" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D116" s="278"/>
+      <c r="E116" s="279"/>
+      <c r="F116" s="280"/>
+      <c r="G116" s="54"/>
+    </row>
+    <row r="117" spans="2:7">
+      <c r="B117" s="57"/>
+      <c r="C117" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D117" s="281"/>
+      <c r="E117" s="282"/>
+      <c r="F117" s="283"/>
+      <c r="G117" s="54"/>
+    </row>
+    <row r="118" spans="2:7">
+      <c r="B118" s="57"/>
+      <c r="C118" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D118" s="281"/>
+      <c r="E118" s="282"/>
+      <c r="F118" s="283"/>
+      <c r="G118" s="54"/>
+    </row>
+    <row r="119" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B119" s="57"/>
+      <c r="C119" s="243"/>
+      <c r="D119" s="64"/>
+      <c r="E119" s="64"/>
+      <c r="F119" s="244"/>
+      <c r="G119" s="54"/>
+    </row>
+    <row r="120" spans="2:7" ht="15.75">
+      <c r="B120" s="57"/>
+      <c r="C120" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D120" s="61"/>
+      <c r="E120" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F120" s="246"/>
+      <c r="G120" s="54"/>
+    </row>
+    <row r="121" spans="2:7" ht="15.75">
+      <c r="B121" s="57"/>
+      <c r="C121" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D121" s="61"/>
+      <c r="E121" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F121" s="246"/>
+      <c r="G121" s="54"/>
+    </row>
+    <row r="122" spans="2:7" ht="15.75">
+      <c r="B122" s="57"/>
+      <c r="C122" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D122" s="61"/>
+      <c r="E122" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F122" s="246"/>
+      <c r="G122" s="54"/>
+    </row>
+    <row r="123" spans="2:7" ht="15.75">
+      <c r="B123" s="57"/>
+      <c r="C123" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D123" s="61"/>
+      <c r="E123" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F123" s="246"/>
+      <c r="G123" s="54"/>
+    </row>
+    <row r="124" spans="2:7" ht="15.75">
+      <c r="B124" s="57"/>
+      <c r="C124" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D124" s="61"/>
+      <c r="E124" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F124" s="246"/>
+      <c r="G124" s="54"/>
+    </row>
+    <row r="125" spans="2:7" ht="15.75">
+      <c r="B125" s="57"/>
+      <c r="C125" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D125" s="61"/>
+      <c r="E125" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F125" s="246"/>
+      <c r="G125" s="54"/>
+    </row>
+    <row r="126" spans="2:7" ht="15.75">
+      <c r="B126" s="57"/>
+      <c r="C126" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D126" s="61"/>
+      <c r="E126" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F126" s="246"/>
+      <c r="G126" s="54"/>
+    </row>
+    <row r="127" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B127" s="57"/>
+      <c r="C127" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D127" s="62"/>
+      <c r="E127" s="62"/>
+      <c r="F127" s="248"/>
+      <c r="G127" s="54"/>
+    </row>
+    <row r="128" spans="2:7" ht="33.75" customHeight="1">
+      <c r="B128" s="57"/>
+      <c r="C128" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D128" s="284"/>
+      <c r="E128" s="284"/>
+      <c r="F128" s="285"/>
+      <c r="G128" s="54"/>
+    </row>
+    <row r="129" spans="2:7" ht="3" customHeight="1">
+      <c r="B129" s="57"/>
+      <c r="C129" s="249"/>
+      <c r="D129" s="63"/>
+      <c r="E129" s="63"/>
+      <c r="F129" s="250"/>
+      <c r="G129" s="54"/>
+    </row>
+    <row r="130" spans="2:7">
+      <c r="B130" s="57"/>
+      <c r="C130" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D130" s="272"/>
+      <c r="E130" s="272"/>
+      <c r="F130" s="273"/>
+      <c r="G130" s="54"/>
+    </row>
+    <row r="131" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B131" s="57"/>
+      <c r="C131" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D131" s="252"/>
+      <c r="E131" s="274"/>
+      <c r="F131" s="275"/>
+      <c r="G131" s="54"/>
+    </row>
+    <row r="132" spans="2:7" ht="30.75" customHeight="1">
+      <c r="B132" s="57"/>
+      <c r="C132" s="52"/>
+      <c r="D132" s="52"/>
+      <c r="E132" s="52"/>
+      <c r="F132" s="52"/>
+      <c r="G132" s="54"/>
+    </row>
+    <row r="133" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B133" s="57"/>
+      <c r="C133" s="277" t="s">
+        <v>100</v>
+      </c>
+      <c r="D133" s="277"/>
+      <c r="E133" s="277"/>
+      <c r="F133" s="277"/>
+      <c r="G133" s="54"/>
+    </row>
+    <row r="134" spans="2:7">
+      <c r="B134" s="57"/>
+      <c r="C134" s="241" t="s">
+        <v>88</v>
+      </c>
+      <c r="D134" s="278"/>
+      <c r="E134" s="279"/>
+      <c r="F134" s="280"/>
+      <c r="G134" s="54"/>
+    </row>
+    <row r="135" spans="2:7">
+      <c r="B135" s="57"/>
+      <c r="C135" s="242" t="s">
+        <v>86</v>
+      </c>
+      <c r="D135" s="281"/>
+      <c r="E135" s="282"/>
+      <c r="F135" s="283"/>
+      <c r="G135" s="54"/>
+    </row>
+    <row r="136" spans="2:7">
+      <c r="B136" s="57"/>
+      <c r="C136" s="242" t="s">
+        <v>87</v>
+      </c>
+      <c r="D136" s="281"/>
+      <c r="E136" s="282"/>
+      <c r="F136" s="283"/>
+      <c r="G136" s="54"/>
+    </row>
+    <row r="137" spans="2:7" ht="3" customHeight="1">
+      <c r="B137" s="57"/>
+      <c r="C137" s="243"/>
+      <c r="D137" s="64"/>
+      <c r="E137" s="64"/>
+      <c r="F137" s="244"/>
+      <c r="G137" s="54"/>
+    </row>
+    <row r="138" spans="2:7" ht="15.75">
+      <c r="B138" s="57"/>
+      <c r="C138" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D138" s="61"/>
+      <c r="E138" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F138" s="246"/>
+      <c r="G138" s="54"/>
+    </row>
+    <row r="139" spans="2:7" ht="15.75">
+      <c r="B139" s="57"/>
+      <c r="C139" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D139" s="61"/>
+      <c r="E139" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F139" s="246"/>
+      <c r="G139" s="54"/>
+    </row>
+    <row r="140" spans="2:7" ht="15.75">
+      <c r="B140" s="57"/>
+      <c r="C140" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D140" s="61"/>
+      <c r="E140" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F140" s="246"/>
+      <c r="G140" s="54"/>
+    </row>
+    <row r="141" spans="2:7" ht="15.75">
+      <c r="B141" s="57"/>
+      <c r="C141" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D141" s="61"/>
+      <c r="E141" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F141" s="246"/>
+      <c r="G141" s="54"/>
+    </row>
+    <row r="142" spans="2:7" ht="15.75">
+      <c r="B142" s="57"/>
+      <c r="C142" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D142" s="61"/>
+      <c r="E142" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F142" s="246"/>
+      <c r="G142" s="54"/>
+    </row>
+    <row r="143" spans="2:7" ht="15.75">
+      <c r="B143" s="57"/>
+      <c r="C143" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D143" s="61"/>
+      <c r="E143" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F143" s="246"/>
+      <c r="G143" s="54"/>
+    </row>
+    <row r="144" spans="2:7" ht="15.75">
+      <c r="B144" s="57"/>
+      <c r="C144" s="245" t="s">
+        <v>89</v>
+      </c>
+      <c r="D144" s="61"/>
+      <c r="E144" s="60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F144" s="246"/>
+      <c r="G144" s="54"/>
+    </row>
+    <row r="145" spans="2:7" ht="3.75" customHeight="1">
+      <c r="B145" s="57"/>
+      <c r="C145" s="247" t="s">
+        <v>90</v>
+      </c>
+      <c r="D145" s="62"/>
+      <c r="E145" s="62"/>
+      <c r="F145" s="248"/>
+      <c r="G145" s="54"/>
+    </row>
+    <row r="146" spans="2:7" ht="33" customHeight="1">
+      <c r="B146" s="57"/>
+      <c r="C146" s="242" t="s">
+        <v>90</v>
+      </c>
+      <c r="D146" s="284"/>
+      <c r="E146" s="284"/>
+      <c r="F146" s="285"/>
+      <c r="G146" s="54"/>
+    </row>
+    <row r="147" spans="2:7" ht="1.5" customHeight="1">
+      <c r="B147" s="57"/>
+      <c r="C147" s="249"/>
+      <c r="D147" s="63"/>
+      <c r="E147" s="63"/>
+      <c r="F147" s="250"/>
+      <c r="G147" s="54"/>
+    </row>
+    <row r="148" spans="2:7">
+      <c r="B148" s="57"/>
+      <c r="C148" s="242" t="s">
+        <v>93</v>
+      </c>
+      <c r="D148" s="272"/>
+      <c r="E148" s="272"/>
+      <c r="F148" s="273"/>
+      <c r="G148" s="54"/>
+    </row>
+    <row r="149" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B149" s="57"/>
+      <c r="C149" s="251" t="s">
+        <v>66</v>
+      </c>
+      <c r="D149" s="252"/>
+      <c r="E149" s="274"/>
+      <c r="F149" s="275"/>
+      <c r="G149" s="54"/>
+    </row>
+    <row r="150" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B150" s="66"/>
+      <c r="C150" s="67"/>
+      <c r="D150" s="67"/>
+      <c r="E150" s="67"/>
+      <c r="F150" s="67"/>
+      <c r="G150" s="68"/>
+    </row>
+  </sheetData>
+  <mergeCells count="64">
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="D8:F8"/>
+    <mergeCell ref="D9:F9"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="D46:F46"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="C25:F25"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="D22:F22"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="D44:F44"/>
+    <mergeCell ref="D45:F45"/>
+    <mergeCell ref="D80:F80"/>
+    <mergeCell ref="D56:F56"/>
+    <mergeCell ref="D58:F58"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="C61:F61"/>
+    <mergeCell ref="D62:F62"/>
+    <mergeCell ref="D63:F63"/>
+    <mergeCell ref="D64:F64"/>
+    <mergeCell ref="D74:F74"/>
+    <mergeCell ref="D76:F76"/>
+    <mergeCell ref="E77:F77"/>
+    <mergeCell ref="C79:F79"/>
+    <mergeCell ref="E149:F149"/>
+    <mergeCell ref="I12:R12"/>
+    <mergeCell ref="I13:R13"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="C133:F133"/>
+    <mergeCell ref="D134:F134"/>
+    <mergeCell ref="D135:F135"/>
+    <mergeCell ref="D136:F136"/>
+    <mergeCell ref="D146:F146"/>
+    <mergeCell ref="C115:F115"/>
+    <mergeCell ref="D116:F116"/>
+    <mergeCell ref="D117:F117"/>
+    <mergeCell ref="D118:F118"/>
+    <mergeCell ref="D128:F128"/>
+    <mergeCell ref="D130:F130"/>
+    <mergeCell ref="D98:F98"/>
+    <mergeCell ref="I20:R20"/>
+    <mergeCell ref="I14:R14"/>
+    <mergeCell ref="I22:R22"/>
+    <mergeCell ref="I8:R10"/>
+    <mergeCell ref="D148:F148"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="D100:F100"/>
+    <mergeCell ref="D110:F110"/>
+    <mergeCell ref="D112:F112"/>
+    <mergeCell ref="E113:F113"/>
+    <mergeCell ref="D81:F81"/>
+    <mergeCell ref="D82:F82"/>
+    <mergeCell ref="D92:F92"/>
+    <mergeCell ref="D94:F94"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="C97:F97"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D148:F148 D130:F130 D112:F112 D94:F94 D76:F76 D58:F58 D40:F40 D22:F22" xr:uid="{3B7293FE-D309-41B0-8B18-0B0E09B4E9F2}">
+      <formula1>"Only students,Only program leaders,All program participants,Other"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69460DAC-F1EE-42FE-BB7E-A37386521530}">
+  <dimension ref="B1:H978"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C4" sqref="C4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.140625" customWidth="1"/>
+    <col min="2" max="2" width="3" customWidth="1"/>
+    <col min="3" max="3" width="14.5703125" customWidth="1"/>
+    <col min="4" max="4" width="40.7109375" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" customWidth="1"/>
+    <col min="6" max="6" width="22" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" style="52" customWidth="1"/>
+    <col min="8" max="8" width="3.7109375" customWidth="1"/>
+    <col min="9" max="17" width="8.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:8" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:8" ht="13.5" customHeight="1">
+      <c r="B2" s="100"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="114"/>
+    </row>
+    <row r="3" spans="2:8" ht="21" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="268" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="268"/>
+      <c r="G3" s="268"/>
+      <c r="H3" s="99"/>
+    </row>
+    <row r="4" spans="2:8">
+      <c r="B4" s="90"/>
+      <c r="C4" s="102" t="s">
+        <v>91</v>
+      </c>
+      <c r="D4" s="102"/>
+      <c r="E4" s="102"/>
+      <c r="F4" s="116"/>
+      <c r="G4" s="91"/>
+      <c r="H4" s="99"/>
+    </row>
+    <row r="5" spans="2:8" ht="15.75" thickBot="1">
+      <c r="B5" s="90"/>
+      <c r="C5" s="102"/>
+      <c r="D5" s="102"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="116"/>
+      <c r="G5" s="91"/>
+      <c r="H5" s="99"/>
+    </row>
+    <row r="6" spans="2:8">
+      <c r="B6" s="90"/>
+      <c r="C6" s="120" t="s">
+        <v>111</v>
+      </c>
+      <c r="D6" s="121"/>
+      <c r="E6" s="122" t="s">
+        <v>115</v>
+      </c>
+      <c r="F6" s="293" t="s">
+        <v>85</v>
+      </c>
+      <c r="G6" s="294"/>
+      <c r="H6" s="99"/>
+    </row>
+    <row r="7" spans="2:8">
+      <c r="B7" s="90"/>
+      <c r="C7" s="304" t="s">
+        <v>114</v>
+      </c>
+      <c r="D7" s="305"/>
+      <c r="E7" s="117"/>
+      <c r="F7" s="295"/>
+      <c r="G7" s="296"/>
+      <c r="H7" s="99"/>
+    </row>
+    <row r="8" spans="2:8">
+      <c r="B8" s="90"/>
+      <c r="C8" s="304" t="s">
+        <v>112</v>
+      </c>
+      <c r="D8" s="305"/>
+      <c r="E8" s="117"/>
+      <c r="F8" s="297"/>
+      <c r="G8" s="298"/>
+      <c r="H8" s="99"/>
+    </row>
+    <row r="9" spans="2:8" ht="5.25" customHeight="1">
+      <c r="B9" s="90"/>
+      <c r="C9" s="123"/>
+      <c r="D9" s="73"/>
+      <c r="E9" s="118"/>
+      <c r="F9" s="119"/>
+      <c r="G9" s="124"/>
+      <c r="H9" s="99"/>
+    </row>
+    <row r="10" spans="2:8" ht="15" customHeight="1">
+      <c r="B10" s="90"/>
+      <c r="C10" s="306" t="s">
+        <v>117</v>
+      </c>
+      <c r="D10" s="307"/>
+      <c r="E10" s="308"/>
+      <c r="F10" s="299"/>
+      <c r="G10" s="300"/>
+      <c r="H10" s="99"/>
+    </row>
+    <row r="11" spans="2:8">
+      <c r="B11" s="90"/>
+      <c r="C11" s="306"/>
+      <c r="D11" s="307"/>
+      <c r="E11" s="308"/>
+      <c r="F11" s="299"/>
+      <c r="G11" s="300"/>
+      <c r="H11" s="99"/>
+    </row>
+    <row r="12" spans="2:8" ht="15.75" thickBot="1">
+      <c r="B12" s="90"/>
+      <c r="C12" s="309" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" s="310"/>
+      <c r="E12" s="311"/>
+      <c r="F12" s="301"/>
+      <c r="G12" s="302"/>
+      <c r="H12" s="99"/>
+    </row>
+    <row r="13" spans="2:8" ht="30" customHeight="1">
+      <c r="B13" s="90"/>
+      <c r="C13" s="104"/>
+      <c r="D13" s="104"/>
+      <c r="E13" s="104"/>
+      <c r="F13" s="104"/>
+      <c r="G13" s="91"/>
+      <c r="H13" s="99"/>
+    </row>
+    <row r="14" spans="2:8" ht="15.75" thickBot="1">
+      <c r="B14" s="90"/>
+      <c r="C14" s="303" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" s="303"/>
+      <c r="E14" s="303"/>
+      <c r="F14" s="303"/>
+      <c r="G14" s="303"/>
+      <c r="H14" s="99"/>
+    </row>
+    <row r="15" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B15" s="112"/>
+      <c r="C15" s="237" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="238" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" s="238" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" s="313" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="314"/>
+      <c r="H15" s="99"/>
+    </row>
+    <row r="16" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B16" s="112"/>
+      <c r="C16" s="107"/>
+      <c r="D16" s="71"/>
+      <c r="E16" s="105"/>
+      <c r="F16" s="289"/>
+      <c r="G16" s="290"/>
+      <c r="H16" s="99"/>
+    </row>
+    <row r="17" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B17" s="112"/>
+      <c r="C17" s="108"/>
+      <c r="D17" s="69"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="289"/>
+      <c r="G17" s="290"/>
+      <c r="H17" s="99"/>
+    </row>
+    <row r="18" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B18" s="112"/>
+      <c r="C18" s="108"/>
+      <c r="D18" s="69"/>
+      <c r="E18" s="106"/>
+      <c r="F18" s="289"/>
+      <c r="G18" s="290"/>
+      <c r="H18" s="99"/>
+    </row>
+    <row r="19" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B19" s="112"/>
+      <c r="C19" s="108"/>
+      <c r="D19" s="69"/>
+      <c r="E19" s="106"/>
+      <c r="F19" s="289"/>
+      <c r="G19" s="290"/>
+      <c r="H19" s="99"/>
+    </row>
+    <row r="20" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B20" s="112"/>
+      <c r="C20" s="108"/>
+      <c r="D20" s="69"/>
+      <c r="E20" s="106"/>
+      <c r="F20" s="289"/>
+      <c r="G20" s="290"/>
+      <c r="H20" s="99"/>
+    </row>
+    <row r="21" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B21" s="112"/>
+      <c r="C21" s="108"/>
+      <c r="D21" s="69"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="289"/>
+      <c r="G21" s="290"/>
+      <c r="H21" s="99"/>
+    </row>
+    <row r="22" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B22" s="112"/>
+      <c r="C22" s="108"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="106"/>
+      <c r="F22" s="289"/>
+      <c r="G22" s="290"/>
+      <c r="H22" s="99"/>
+    </row>
+    <row r="23" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B23" s="112"/>
+      <c r="C23" s="108"/>
+      <c r="D23" s="69"/>
+      <c r="E23" s="106"/>
+      <c r="F23" s="289"/>
+      <c r="G23" s="290"/>
+      <c r="H23" s="99"/>
+    </row>
+    <row r="24" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B24" s="112"/>
+      <c r="C24" s="108"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="106"/>
+      <c r="F24" s="289"/>
+      <c r="G24" s="290"/>
+      <c r="H24" s="99"/>
+    </row>
+    <row r="25" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B25" s="112"/>
+      <c r="C25" s="108"/>
+      <c r="D25" s="69"/>
+      <c r="E25" s="106"/>
+      <c r="F25" s="289"/>
+      <c r="G25" s="290"/>
+      <c r="H25" s="99"/>
+    </row>
+    <row r="26" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B26" s="112"/>
+      <c r="C26" s="108"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="106"/>
+      <c r="F26" s="289"/>
+      <c r="G26" s="290"/>
+      <c r="H26" s="99"/>
+    </row>
+    <row r="27" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B27" s="112"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="106"/>
+      <c r="F27" s="289"/>
+      <c r="G27" s="290"/>
+      <c r="H27" s="99"/>
+    </row>
+    <row r="28" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B28" s="112"/>
+      <c r="C28" s="108"/>
+      <c r="D28" s="69"/>
+      <c r="E28" s="106"/>
+      <c r="F28" s="289"/>
+      <c r="G28" s="290"/>
+      <c r="H28" s="99"/>
+    </row>
+    <row r="29" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B29" s="112"/>
+      <c r="C29" s="108"/>
+      <c r="D29" s="69"/>
+      <c r="E29" s="106"/>
+      <c r="F29" s="289"/>
+      <c r="G29" s="290"/>
+      <c r="H29" s="99"/>
+    </row>
+    <row r="30" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B30" s="112"/>
+      <c r="C30" s="108"/>
+      <c r="D30" s="69"/>
+      <c r="E30" s="106"/>
+      <c r="F30" s="289"/>
+      <c r="G30" s="290"/>
+      <c r="H30" s="99"/>
+    </row>
+    <row r="31" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B31" s="112"/>
+      <c r="C31" s="108"/>
+      <c r="D31" s="69"/>
+      <c r="E31" s="106"/>
+      <c r="F31" s="289"/>
+      <c r="G31" s="290"/>
+      <c r="H31" s="99"/>
+    </row>
+    <row r="32" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B32" s="112"/>
+      <c r="C32" s="108"/>
+      <c r="D32" s="69"/>
+      <c r="E32" s="106"/>
+      <c r="F32" s="289"/>
+      <c r="G32" s="290"/>
+      <c r="H32" s="99"/>
+    </row>
+    <row r="33" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B33" s="112"/>
+      <c r="C33" s="108"/>
+      <c r="D33" s="69"/>
+      <c r="E33" s="106"/>
+      <c r="F33" s="289"/>
+      <c r="G33" s="290"/>
+      <c r="H33" s="99"/>
+    </row>
+    <row r="34" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B34" s="112"/>
+      <c r="C34" s="108"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="106"/>
+      <c r="F34" s="289"/>
+      <c r="G34" s="290"/>
+      <c r="H34" s="99"/>
+    </row>
+    <row r="35" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B35" s="112"/>
+      <c r="C35" s="109"/>
+      <c r="D35" s="110"/>
+      <c r="E35" s="111"/>
+      <c r="F35" s="291"/>
+      <c r="G35" s="292"/>
+      <c r="H35" s="99"/>
+    </row>
+    <row r="36" spans="2:8" ht="30.75" customHeight="1">
+      <c r="B36" s="112"/>
+      <c r="C36" s="312"/>
+      <c r="D36" s="312"/>
+      <c r="E36" s="312"/>
+      <c r="F36" s="312"/>
+      <c r="G36" s="104"/>
+      <c r="H36" s="99"/>
+    </row>
+    <row r="37" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B37" s="112"/>
+      <c r="C37" s="303" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" s="303"/>
+      <c r="E37" s="303"/>
+      <c r="F37" s="303"/>
+      <c r="G37" s="303"/>
+      <c r="H37" s="99"/>
+    </row>
+    <row r="38" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B38" s="112"/>
+      <c r="C38" s="237" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" s="238" t="s">
+        <v>110</v>
+      </c>
+      <c r="E38" s="238" t="s">
+        <v>108</v>
+      </c>
+      <c r="F38" s="238" t="s">
+        <v>79</v>
+      </c>
+      <c r="G38" s="235" t="s">
+        <v>107</v>
+      </c>
+      <c r="H38" s="99"/>
+    </row>
+    <row r="39" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B39" s="112"/>
+      <c r="C39" s="107"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="48"/>
+      <c r="F39" s="72"/>
+      <c r="G39" s="174"/>
+      <c r="H39" s="99"/>
+    </row>
+    <row r="40" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B40" s="112"/>
+      <c r="C40" s="108"/>
+      <c r="D40" s="69"/>
+      <c r="E40" s="49"/>
+      <c r="F40" s="70"/>
+      <c r="G40" s="175"/>
+      <c r="H40" s="99"/>
+    </row>
+    <row r="41" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B41" s="112"/>
+      <c r="C41" s="108"/>
+      <c r="D41" s="69"/>
+      <c r="E41" s="49"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="175"/>
+      <c r="H41" s="99"/>
+    </row>
+    <row r="42" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B42" s="112"/>
+      <c r="C42" s="108"/>
+      <c r="D42" s="69"/>
+      <c r="E42" s="49"/>
+      <c r="F42" s="70"/>
+      <c r="G42" s="175"/>
+      <c r="H42" s="99"/>
+    </row>
+    <row r="43" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B43" s="112"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="69"/>
+      <c r="E43" s="49"/>
+      <c r="F43" s="70"/>
+      <c r="G43" s="175"/>
+      <c r="H43" s="99"/>
+    </row>
+    <row r="44" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B44" s="112"/>
+      <c r="C44" s="108"/>
+      <c r="D44" s="69"/>
+      <c r="E44" s="49"/>
+      <c r="F44" s="70"/>
+      <c r="G44" s="175"/>
+      <c r="H44" s="99"/>
+    </row>
+    <row r="45" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B45" s="112"/>
+      <c r="C45" s="108"/>
+      <c r="D45" s="69"/>
+      <c r="E45" s="49"/>
+      <c r="F45" s="70"/>
+      <c r="G45" s="175"/>
+      <c r="H45" s="99"/>
+    </row>
+    <row r="46" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B46" s="112"/>
+      <c r="C46" s="108"/>
+      <c r="D46" s="69"/>
+      <c r="E46" s="49"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="175"/>
+      <c r="H46" s="99"/>
+    </row>
+    <row r="47" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B47" s="112"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="69"/>
+      <c r="E47" s="49"/>
+      <c r="F47" s="70"/>
+      <c r="G47" s="175"/>
+      <c r="H47" s="99"/>
+    </row>
+    <row r="48" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B48" s="112"/>
+      <c r="C48" s="108"/>
+      <c r="D48" s="69"/>
+      <c r="E48" s="49"/>
+      <c r="F48" s="70"/>
+      <c r="G48" s="175"/>
+      <c r="H48" s="99"/>
+    </row>
+    <row r="49" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B49" s="112"/>
+      <c r="C49" s="108"/>
+      <c r="D49" s="69"/>
+      <c r="E49" s="49"/>
+      <c r="F49" s="70"/>
+      <c r="G49" s="175"/>
+      <c r="H49" s="99"/>
+    </row>
+    <row r="50" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B50" s="112"/>
+      <c r="C50" s="108"/>
+      <c r="D50" s="69"/>
+      <c r="E50" s="49"/>
+      <c r="F50" s="70"/>
+      <c r="G50" s="175"/>
+      <c r="H50" s="99"/>
+    </row>
+    <row r="51" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B51" s="112"/>
+      <c r="C51" s="108"/>
+      <c r="D51" s="69"/>
+      <c r="E51" s="49"/>
+      <c r="F51" s="70"/>
+      <c r="G51" s="175"/>
+      <c r="H51" s="99"/>
+    </row>
+    <row r="52" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B52" s="112"/>
+      <c r="C52" s="108"/>
+      <c r="D52" s="69"/>
+      <c r="E52" s="49"/>
+      <c r="F52" s="70"/>
+      <c r="G52" s="175"/>
+      <c r="H52" s="99"/>
+    </row>
+    <row r="53" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B53" s="112"/>
+      <c r="C53" s="108"/>
+      <c r="D53" s="69"/>
+      <c r="E53" s="49"/>
+      <c r="F53" s="70"/>
+      <c r="G53" s="175"/>
+      <c r="H53" s="99"/>
+    </row>
+    <row r="54" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B54" s="112"/>
+      <c r="C54" s="108"/>
+      <c r="D54" s="69"/>
+      <c r="E54" s="49"/>
+      <c r="F54" s="70"/>
+      <c r="G54" s="175"/>
+      <c r="H54" s="99"/>
+    </row>
+    <row r="55" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B55" s="112"/>
+      <c r="C55" s="108"/>
+      <c r="D55" s="69"/>
+      <c r="E55" s="49"/>
+      <c r="F55" s="70"/>
+      <c r="G55" s="175"/>
+      <c r="H55" s="99"/>
+    </row>
+    <row r="56" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B56" s="112"/>
+      <c r="C56" s="108"/>
+      <c r="D56" s="69"/>
+      <c r="E56" s="49"/>
+      <c r="F56" s="70"/>
+      <c r="G56" s="175"/>
+      <c r="H56" s="99"/>
+    </row>
+    <row r="57" spans="2:8" ht="15.75" customHeight="1">
+      <c r="B57" s="112"/>
+      <c r="C57" s="108"/>
+      <c r="D57" s="69"/>
+      <c r="E57" s="49"/>
+      <c r="F57" s="70"/>
+      <c r="G57" s="175"/>
+      <c r="H57" s="99"/>
+    </row>
+    <row r="58" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B58" s="112"/>
+      <c r="C58" s="109"/>
+      <c r="D58" s="110"/>
+      <c r="E58" s="239"/>
+      <c r="F58" s="240"/>
+      <c r="G58" s="176"/>
+      <c r="H58" s="99"/>
+    </row>
+    <row r="59" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B59" s="113"/>
+      <c r="C59" s="67"/>
+      <c r="D59" s="67"/>
+      <c r="E59" s="67"/>
+      <c r="F59" s="67"/>
+      <c r="G59" s="67"/>
+      <c r="H59" s="115"/>
+    </row>
+    <row r="60" spans="2:8" ht="15.75" customHeight="1"/>
+    <row r="61" spans="2:8" ht="15.75" customHeight="1"/>
+    <row r="62" spans="2:8" ht="15.75" customHeight="1"/>
+    <row r="63" spans="2:8" ht="15.75" customHeight="1"/>
+    <row r="64" spans="2:8" ht="15.75" customHeight="1"/>
+    <row r="65" ht="15.75" customHeight="1"/>
+    <row r="66" ht="15.75" customHeight="1"/>
+    <row r="67" ht="15.75" customHeight="1"/>
+    <row r="68" ht="15.75" customHeight="1"/>
+    <row r="69" ht="15.75" customHeight="1"/>
+    <row r="70" ht="15.75" customHeight="1"/>
+    <row r="71" ht="15.75" customHeight="1"/>
+    <row r="72" ht="15.75" customHeight="1"/>
+    <row r="73" ht="15.75" customHeight="1"/>
+    <row r="74" ht="15.75" customHeight="1"/>
+    <row r="75" ht="15.75" customHeight="1"/>
+    <row r="76" ht="15.75" customHeight="1"/>
+    <row r="77" ht="15.75" customHeight="1"/>
+    <row r="78" ht="15.75" customHeight="1"/>
+    <row r="79" ht="15.75" customHeight="1"/>
+    <row r="80" ht="15.75" customHeight="1"/>
+    <row r="81" ht="15.75" customHeight="1"/>
+    <row r="82" ht="15.75" customHeight="1"/>
+    <row r="83" ht="15.75" customHeight="1"/>
+    <row r="84" ht="15.75" customHeight="1"/>
+    <row r="85" ht="15.75" customHeight="1"/>
+    <row r="86" ht="15.75" customHeight="1"/>
+    <row r="87" ht="15.75" customHeight="1"/>
+    <row r="88" ht="15.75" customHeight="1"/>
+    <row r="89" ht="15.75" customHeight="1"/>
+    <row r="90" ht="15.75" customHeight="1"/>
+    <row r="91" ht="15.75" customHeight="1"/>
+    <row r="92" ht="15.75" customHeight="1"/>
+    <row r="93" ht="15.75" customHeight="1"/>
+    <row r="94" ht="15.75" customHeight="1"/>
+    <row r="95" ht="15.75" customHeight="1"/>
+    <row r="96" ht="15.75" customHeight="1"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="34">
+    <mergeCell ref="C3:G3"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="C37:G37"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C10:E11"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="C36:F36"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="F10:G11"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F35:G35"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:G12" xr:uid="{5491126E-1501-4267-B470-8798EF3AFB13}">
+      <formula1>"Yes,No,I'm not sure yet"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{4756B7A5-6B91-419F-A8F7-9F51B3266199}">
+          <x14:formula1>
+            <xm:f>Calculations!$D$68:$D$71</xm:f>
+          </x14:formula1>
+          <xm:sqref>C16:C35 C39:C58</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E28A5457-EF62-43A0-A170-A8C8CB5A0D57}">
+  <dimension ref="B1:G970"/>
+  <sheetViews>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="G27" sqref="G27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.140625" customWidth="1"/>
+    <col min="2" max="2" width="3" customWidth="1"/>
+    <col min="3" max="3" width="84.5703125" customWidth="1"/>
+    <col min="4" max="4" width="22" customWidth="1"/>
+    <col min="5" max="5" width="3.7109375" customWidth="1"/>
+    <col min="6" max="6" width="3.140625" customWidth="1"/>
+    <col min="7" max="7" width="80.28515625" customWidth="1"/>
+    <col min="8" max="14" width="8.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:7" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:7" ht="21" customHeight="1">
+      <c r="B2" s="100"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="114"/>
+    </row>
+    <row r="3" spans="2:7" ht="21" customHeight="1">
+      <c r="B3" s="90"/>
+      <c r="C3" s="268" t="s">
+        <v>166</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="99"/>
+    </row>
+    <row r="4" spans="2:7" ht="17.25" customHeight="1">
+      <c r="B4" s="90"/>
+      <c r="C4" s="102" t="s">
+        <v>91</v>
+      </c>
+      <c r="D4" s="89"/>
+      <c r="E4" s="99"/>
+    </row>
+    <row r="5" spans="2:7">
+      <c r="B5" s="90"/>
+      <c r="C5" s="102"/>
+      <c r="D5" s="116"/>
+      <c r="E5" s="99"/>
+    </row>
+    <row r="6" spans="2:7" ht="15.75" thickBot="1">
+      <c r="B6" s="90"/>
+      <c r="C6" s="303" t="s">
+        <v>167</v>
+      </c>
+      <c r="D6" s="303"/>
+      <c r="E6" s="99"/>
+    </row>
+    <row r="7" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B7" s="112"/>
+      <c r="C7" s="234" t="s">
+        <v>156</v>
+      </c>
+      <c r="D7" s="236" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" s="99"/>
+      <c r="G7" s="315" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="8" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B8" s="112"/>
+      <c r="C8" s="107"/>
+      <c r="D8" s="201"/>
+      <c r="E8" s="99"/>
+      <c r="G8" s="315"/>
+    </row>
+    <row r="9" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B9" s="112"/>
+      <c r="C9" s="108"/>
+      <c r="D9" s="201"/>
+      <c r="E9" s="99"/>
+      <c r="G9" s="315"/>
+    </row>
+    <row r="10" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B10" s="112"/>
+      <c r="C10" s="108"/>
+      <c r="D10" s="201"/>
+      <c r="E10" s="99"/>
+    </row>
+    <row r="11" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B11" s="112"/>
+      <c r="C11" s="108"/>
+      <c r="D11" s="201"/>
+      <c r="E11" s="99"/>
+    </row>
+    <row r="12" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B12" s="112"/>
+      <c r="C12" s="108"/>
+      <c r="D12" s="201"/>
+      <c r="E12" s="99"/>
+    </row>
+    <row r="13" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B13" s="112"/>
+      <c r="C13" s="108"/>
+      <c r="D13" s="201"/>
+      <c r="E13" s="99"/>
+    </row>
+    <row r="14" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B14" s="112"/>
+      <c r="C14" s="108"/>
+      <c r="D14" s="201"/>
+      <c r="E14" s="99"/>
+    </row>
+    <row r="15" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B15" s="112"/>
+      <c r="C15" s="108"/>
+      <c r="D15" s="201"/>
+      <c r="E15" s="99"/>
+    </row>
+    <row r="16" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B16" s="112"/>
+      <c r="C16" s="108"/>
+      <c r="D16" s="201"/>
+      <c r="E16" s="99"/>
+    </row>
+    <row r="17" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B17" s="112"/>
+      <c r="C17" s="108"/>
+      <c r="D17" s="201"/>
+      <c r="E17" s="99"/>
+    </row>
+    <row r="18" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B18" s="112"/>
+      <c r="C18" s="108"/>
+      <c r="D18" s="201"/>
+      <c r="E18" s="99"/>
+    </row>
+    <row r="19" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B19" s="112"/>
+      <c r="C19" s="108"/>
+      <c r="D19" s="201"/>
+      <c r="E19" s="99"/>
+    </row>
+    <row r="20" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B20" s="112"/>
+      <c r="C20" s="108"/>
+      <c r="D20" s="201"/>
+      <c r="E20" s="99"/>
+    </row>
+    <row r="21" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B21" s="112"/>
+      <c r="C21" s="108"/>
+      <c r="D21" s="201"/>
+      <c r="E21" s="99"/>
+    </row>
+    <row r="22" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B22" s="112"/>
+      <c r="C22" s="108"/>
+      <c r="D22" s="201"/>
+      <c r="E22" s="99"/>
+    </row>
+    <row r="23" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B23" s="112"/>
+      <c r="C23" s="108"/>
+      <c r="D23" s="201"/>
+      <c r="E23" s="99"/>
+    </row>
+    <row r="24" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B24" s="112"/>
+      <c r="C24" s="108"/>
+      <c r="D24" s="201"/>
+      <c r="E24" s="99"/>
+    </row>
+    <row r="25" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B25" s="112"/>
+      <c r="C25" s="108"/>
+      <c r="D25" s="201"/>
+      <c r="E25" s="99"/>
+    </row>
+    <row r="26" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B26" s="112"/>
+      <c r="C26" s="108"/>
+      <c r="D26" s="201"/>
+      <c r="E26" s="99"/>
+    </row>
+    <row r="27" spans="2:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B27" s="112"/>
+      <c r="C27" s="109"/>
+      <c r="D27" s="202"/>
+      <c r="E27" s="99"/>
+    </row>
+    <row r="28" spans="2:7" ht="30.75" customHeight="1">
+      <c r="B28" s="112"/>
+      <c r="C28" s="312"/>
+      <c r="D28" s="312"/>
+      <c r="E28" s="99"/>
+    </row>
+    <row r="29" spans="2:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B29" s="112"/>
+      <c r="C29" s="303" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="303"/>
+      <c r="E29" s="99"/>
+    </row>
+    <row r="30" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B30" s="112"/>
+      <c r="C30" s="234" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" s="235" t="s">
+        <v>82</v>
+      </c>
+      <c r="E30" s="99"/>
+      <c r="G30" s="315" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B31" s="112"/>
+      <c r="C31" s="107"/>
+      <c r="D31" s="218"/>
+      <c r="E31" s="99"/>
+      <c r="G31" s="315"/>
+    </row>
+    <row r="32" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B32" s="112"/>
+      <c r="C32" s="108"/>
+      <c r="D32" s="219"/>
+      <c r="E32" s="99"/>
+      <c r="G32" s="315"/>
+    </row>
+    <row r="33" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B33" s="112"/>
+      <c r="C33" s="108"/>
+      <c r="D33" s="219"/>
+      <c r="E33" s="99"/>
+    </row>
+    <row r="34" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B34" s="112"/>
+      <c r="C34" s="108"/>
+      <c r="D34" s="219"/>
+      <c r="E34" s="99"/>
+    </row>
+    <row r="35" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B35" s="112"/>
+      <c r="C35" s="108"/>
+      <c r="D35" s="219"/>
+      <c r="E35" s="99"/>
+    </row>
+    <row r="36" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B36" s="112"/>
+      <c r="C36" s="108"/>
+      <c r="D36" s="219"/>
+      <c r="E36" s="99"/>
+    </row>
+    <row r="37" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B37" s="112"/>
+      <c r="C37" s="108"/>
+      <c r="D37" s="219"/>
+      <c r="E37" s="99"/>
+    </row>
+    <row r="38" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B38" s="112"/>
+      <c r="C38" s="108"/>
+      <c r="D38" s="219"/>
+      <c r="E38" s="99"/>
+    </row>
+    <row r="39" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B39" s="112"/>
+      <c r="C39" s="108"/>
+      <c r="D39" s="219"/>
+      <c r="E39" s="99"/>
+    </row>
+    <row r="40" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B40" s="112"/>
+      <c r="C40" s="108"/>
+      <c r="D40" s="219"/>
+      <c r="E40" s="99"/>
+    </row>
+    <row r="41" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B41" s="112"/>
+      <c r="C41" s="108"/>
+      <c r="D41" s="219"/>
+      <c r="E41" s="99"/>
+    </row>
+    <row r="42" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B42" s="112"/>
+      <c r="C42" s="108"/>
+      <c r="D42" s="219"/>
+      <c r="E42" s="99"/>
+    </row>
+    <row r="43" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B43" s="112"/>
+      <c r="C43" s="108"/>
+      <c r="D43" s="219"/>
+      <c r="E43" s="99"/>
+    </row>
+    <row r="44" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B44" s="112"/>
+      <c r="C44" s="108"/>
+      <c r="D44" s="219"/>
+      <c r="E44" s="99"/>
+    </row>
+    <row r="45" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B45" s="112"/>
+      <c r="C45" s="108"/>
+      <c r="D45" s="219"/>
+      <c r="E45" s="99"/>
+    </row>
+    <row r="46" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B46" s="112"/>
+      <c r="C46" s="108"/>
+      <c r="D46" s="219"/>
+      <c r="E46" s="99"/>
+    </row>
+    <row r="47" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B47" s="112"/>
+      <c r="C47" s="108"/>
+      <c r="D47" s="219"/>
+      <c r="E47" s="99"/>
+    </row>
+    <row r="48" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B48" s="112"/>
+      <c r="C48" s="108"/>
+      <c r="D48" s="219"/>
+      <c r="E48" s="99"/>
+    </row>
+    <row r="49" spans="2:5" ht="15.75" customHeight="1">
+      <c r="B49" s="112"/>
+      <c r="C49" s="108"/>
+      <c r="D49" s="219"/>
+      <c r="E49" s="99"/>
+    </row>
+    <row r="50" spans="2:5" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B50" s="112"/>
+      <c r="C50" s="109"/>
+      <c r="D50" s="220"/>
+      <c r="E50" s="99"/>
+    </row>
+    <row r="51" spans="2:5" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B51" s="113"/>
+      <c r="C51" s="67"/>
+      <c r="D51" s="67"/>
+      <c r="E51" s="115"/>
+    </row>
+    <row r="52" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="53" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="54" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="55" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="56" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="57" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="58" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="59" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="60" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="61" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="62" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="63" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="64" spans="2:5" ht="15.75" customHeight="1"/>
+    <row r="65" ht="15.75" customHeight="1"/>
+    <row r="66" ht="15.75" customHeight="1"/>
+    <row r="67" ht="15.75" customHeight="1"/>
+    <row r="68" ht="15.75" customHeight="1"/>
+    <row r="69" ht="15.75" customHeight="1"/>
+    <row r="70" ht="15.75" customHeight="1"/>
+    <row r="71" ht="15.75" customHeight="1"/>
+    <row r="72" ht="15.75" customHeight="1"/>
+    <row r="73" ht="15.75" customHeight="1"/>
+    <row r="74" ht="15.75" customHeight="1"/>
+    <row r="75" ht="15.75" customHeight="1"/>
+    <row r="76" ht="15.75" customHeight="1"/>
+    <row r="77" ht="15.75" customHeight="1"/>
+    <row r="78" ht="15.75" customHeight="1"/>
+    <row r="79" ht="15.75" customHeight="1"/>
+    <row r="80" ht="15.75" customHeight="1"/>
+    <row r="81" ht="15.75" customHeight="1"/>
+    <row r="82" ht="15.75" customHeight="1"/>
+    <row r="83" ht="15.75" customHeight="1"/>
+    <row r="84" ht="15.75" customHeight="1"/>
+    <row r="85" ht="15.75" customHeight="1"/>
+    <row r="86" ht="15.75" customHeight="1"/>
+    <row r="87" ht="15.75" customHeight="1"/>
+    <row r="88" ht="15.75" customHeight="1"/>
+    <row r="89" ht="15.75" customHeight="1"/>
+    <row r="90" ht="15.75" customHeight="1"/>
+    <row r="91" ht="15.75" customHeight="1"/>
+    <row r="92" ht="15.75" customHeight="1"/>
+    <row r="93" ht="15.75" customHeight="1"/>
+    <row r="94" ht="15.75" customHeight="1"/>
+    <row r="95" ht="15.75" customHeight="1"/>
+    <row r="96" ht="15.75" customHeight="1"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="G7:G9"/>
+    <mergeCell ref="G30:G32"/>
+    <mergeCell ref="C6:D6"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{656151C1-EFF0-460B-B4AC-B7C921F57018}">
+  <dimension ref="B1:K891"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F42" sqref="F42"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.140625" customWidth="1"/>
+    <col min="2" max="2" width="3" customWidth="1"/>
+    <col min="3" max="3" width="11" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" customWidth="1"/>
+    <col min="5" max="5" width="11.140625" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" customWidth="1"/>
+    <col min="7" max="7" width="24.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11.28515625" customWidth="1"/>
+    <col min="9" max="9" width="20.28515625" customWidth="1"/>
+    <col min="10" max="10" width="20.85546875" style="52" customWidth="1"/>
+    <col min="11" max="11" width="3.7109375" customWidth="1"/>
+    <col min="12" max="20" width="8.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:11" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:11" ht="21" customHeight="1">
+      <c r="B2" s="169"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="170"/>
+      <c r="H2" s="170"/>
+      <c r="I2" s="170"/>
+      <c r="J2" s="170"/>
+      <c r="K2" s="171"/>
+    </row>
+    <row r="3" spans="2:11" ht="21" customHeight="1">
+      <c r="B3" s="172"/>
+      <c r="C3" s="268" t="s">
+        <v>143</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="268"/>
+      <c r="G3" s="268"/>
+      <c r="H3" s="268"/>
+      <c r="I3" s="268"/>
+      <c r="J3" s="268"/>
+      <c r="K3" s="173"/>
+    </row>
+    <row r="4" spans="2:11" ht="18.75">
+      <c r="B4" s="172"/>
+      <c r="C4" s="208" t="s">
+        <v>159</v>
+      </c>
+      <c r="D4" s="206"/>
+      <c r="E4" s="206"/>
+      <c r="F4" s="206"/>
+      <c r="G4" s="206"/>
+      <c r="H4" s="206"/>
+      <c r="I4" s="206"/>
+      <c r="J4" s="206"/>
+      <c r="K4" s="203"/>
+    </row>
+    <row r="5" spans="2:11" ht="18.75">
+      <c r="B5" s="172"/>
+      <c r="C5" s="206"/>
+      <c r="D5" s="206"/>
+      <c r="E5" s="206"/>
+      <c r="F5" s="206"/>
+      <c r="G5" s="206"/>
+      <c r="H5" s="206"/>
+      <c r="I5" s="206"/>
+      <c r="J5" s="206"/>
+      <c r="K5" s="203"/>
+    </row>
+    <row r="6" spans="2:11" ht="19.5" thickBot="1">
+      <c r="B6" s="172"/>
+      <c r="C6" s="207" t="s">
+        <v>149</v>
+      </c>
+      <c r="D6" s="206"/>
+      <c r="E6" s="206"/>
+      <c r="F6" s="206"/>
+      <c r="G6" s="206"/>
+      <c r="H6" s="206"/>
+      <c r="I6" s="206"/>
+      <c r="J6" s="206"/>
+      <c r="K6" s="203"/>
+    </row>
+    <row r="7" spans="2:11" ht="30.75">
+      <c r="B7" s="172"/>
+      <c r="C7" s="131" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" s="132" t="s">
+        <v>145</v>
+      </c>
+      <c r="E7" s="341" t="s">
+        <v>146</v>
+      </c>
+      <c r="F7" s="342"/>
+      <c r="G7" s="133" t="s">
+        <v>147</v>
+      </c>
+      <c r="H7" s="341" t="s">
+        <v>148</v>
+      </c>
+      <c r="I7" s="342"/>
+      <c r="J7" s="348"/>
+      <c r="K7" s="203"/>
+    </row>
+    <row r="8" spans="2:11" ht="18.75">
+      <c r="B8" s="172"/>
+      <c r="C8" s="134" t="s">
         <v>68</v>
       </c>
-      <c r="F6" s="58"/>
-[...5 lines deleted...]
-      <c r="C7" s="85" t="s">
+      <c r="D8" s="128"/>
+      <c r="E8" s="343"/>
+      <c r="F8" s="317"/>
+      <c r="G8" s="130"/>
+      <c r="H8" s="343"/>
+      <c r="I8" s="344"/>
+      <c r="J8" s="345"/>
+      <c r="K8" s="203"/>
+    </row>
+    <row r="9" spans="2:11" ht="18.75">
+      <c r="B9" s="172"/>
+      <c r="C9" s="135" t="s">
         <v>69</v>
       </c>
-      <c r="D7" s="86"/>
-[...6 lines deleted...]
-      <c r="C8" s="85" t="s">
+      <c r="D9" s="128"/>
+      <c r="E9" s="343"/>
+      <c r="F9" s="317"/>
+      <c r="G9" s="130"/>
+      <c r="H9" s="343"/>
+      <c r="I9" s="344"/>
+      <c r="J9" s="345"/>
+      <c r="K9" s="203"/>
+    </row>
+    <row r="10" spans="2:11" ht="19.5" thickBot="1">
+      <c r="B10" s="172"/>
+      <c r="C10" s="136" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="86"/>
-[...12 lines deleted...]
-      <c r="C10" s="87" t="s">
+      <c r="D10" s="137"/>
+      <c r="E10" s="320"/>
+      <c r="F10" s="319"/>
+      <c r="G10" s="138"/>
+      <c r="H10" s="320"/>
+      <c r="I10" s="346"/>
+      <c r="J10" s="347"/>
+      <c r="K10" s="203"/>
+    </row>
+    <row r="11" spans="2:11" ht="25.5" customHeight="1" thickBot="1">
+      <c r="B11" s="172"/>
+      <c r="C11" s="206"/>
+      <c r="D11" s="206"/>
+      <c r="E11" s="206"/>
+      <c r="F11" s="206"/>
+      <c r="G11" s="206"/>
+      <c r="H11" s="206"/>
+      <c r="I11" s="206"/>
+      <c r="J11" s="206"/>
+      <c r="K11" s="203"/>
+    </row>
+    <row r="12" spans="2:11" ht="18.75">
+      <c r="B12" s="172"/>
+      <c r="C12" s="321" t="s">
+        <v>162</v>
+      </c>
+      <c r="D12" s="322"/>
+      <c r="E12" s="322"/>
+      <c r="F12" s="162"/>
+      <c r="G12" s="206"/>
+      <c r="H12" s="206"/>
+      <c r="I12" s="206"/>
+      <c r="J12" s="206"/>
+      <c r="K12" s="203"/>
+    </row>
+    <row r="13" spans="2:11" ht="19.5" thickBot="1">
+      <c r="B13" s="172"/>
+      <c r="C13" s="323" t="s">
+        <v>163</v>
+      </c>
+      <c r="D13" s="324"/>
+      <c r="E13" s="324"/>
+      <c r="F13" s="163"/>
+      <c r="G13" s="206"/>
+      <c r="H13" s="206"/>
+      <c r="I13" s="206"/>
+      <c r="J13" s="206"/>
+      <c r="K13" s="203"/>
+    </row>
+    <row r="14" spans="2:11" ht="25.5" customHeight="1">
+      <c r="B14" s="172"/>
+      <c r="C14" s="206"/>
+      <c r="D14" s="206"/>
+      <c r="E14" s="206"/>
+      <c r="F14" s="206"/>
+      <c r="G14" s="206"/>
+      <c r="H14" s="206"/>
+      <c r="I14" s="206"/>
+      <c r="J14" s="206"/>
+      <c r="K14" s="203"/>
+    </row>
+    <row r="15" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B15" s="185"/>
+      <c r="C15" s="207" t="s">
+        <v>150</v>
+      </c>
+      <c r="D15" s="206"/>
+      <c r="E15" s="206"/>
+      <c r="F15" s="206"/>
+      <c r="G15" s="206"/>
+      <c r="H15" s="206"/>
+      <c r="I15" s="206"/>
+      <c r="J15" s="206"/>
+      <c r="K15" s="173"/>
+    </row>
+    <row r="16" spans="2:11" ht="32.25" customHeight="1">
+      <c r="B16" s="185"/>
+      <c r="C16" s="139" t="s">
+        <v>144</v>
+      </c>
+      <c r="D16" s="140" t="s">
+        <v>152</v>
+      </c>
+      <c r="E16" s="339" t="s">
+        <v>165</v>
+      </c>
+      <c r="F16" s="340"/>
+      <c r="G16" s="164" t="s">
+        <v>153</v>
+      </c>
+      <c r="H16" s="325" t="s">
+        <v>154</v>
+      </c>
+      <c r="I16" s="326"/>
+      <c r="J16" s="165" t="s">
+        <v>151</v>
+      </c>
+      <c r="K16" s="173"/>
+    </row>
+    <row r="17" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B17" s="185"/>
+      <c r="C17" s="125" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="141"/>
+      <c r="E17" s="316"/>
+      <c r="F17" s="317"/>
+      <c r="G17" s="147"/>
+      <c r="H17" s="327"/>
+      <c r="I17" s="328"/>
+      <c r="J17" s="166"/>
+      <c r="K17" s="173"/>
+    </row>
+    <row r="18" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B18" s="185"/>
+      <c r="C18" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="141"/>
+      <c r="E18" s="143"/>
+      <c r="F18" s="129"/>
+      <c r="G18" s="147"/>
+      <c r="H18" s="152"/>
+      <c r="I18" s="153"/>
+      <c r="J18" s="166"/>
+      <c r="K18" s="173"/>
+    </row>
+    <row r="19" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B19" s="185"/>
+      <c r="C19" s="126" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="141"/>
+      <c r="E19" s="316"/>
+      <c r="F19" s="317"/>
+      <c r="G19" s="147"/>
+      <c r="H19" s="327"/>
+      <c r="I19" s="328"/>
+      <c r="J19" s="166"/>
+      <c r="K19" s="173"/>
+    </row>
+    <row r="20" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B20" s="185"/>
+      <c r="C20" s="127" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" s="142"/>
+      <c r="E20" s="318"/>
+      <c r="F20" s="319"/>
+      <c r="G20" s="167"/>
+      <c r="H20" s="337"/>
+      <c r="I20" s="338"/>
+      <c r="J20" s="168"/>
+      <c r="K20" s="173"/>
+    </row>
+    <row r="21" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B21" s="185"/>
+      <c r="C21" s="104"/>
+      <c r="D21" s="104"/>
+      <c r="E21" s="104"/>
+      <c r="F21" s="104"/>
+      <c r="G21" s="104"/>
+      <c r="H21" s="104"/>
+      <c r="I21" s="104"/>
+      <c r="J21" s="104"/>
+      <c r="K21" s="173"/>
+    </row>
+    <row r="22" spans="2:11" s="77" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B22" s="205"/>
+      <c r="C22" s="329" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" s="330"/>
+      <c r="E22" s="331" t="s">
+        <v>157</v>
+      </c>
+      <c r="F22" s="332"/>
+      <c r="G22" s="333"/>
+      <c r="H22" s="334" t="s">
+        <v>160</v>
+      </c>
+      <c r="I22" s="335"/>
+      <c r="J22" s="336"/>
+      <c r="K22" s="204"/>
+    </row>
+    <row r="23" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B23" s="185"/>
+      <c r="C23" s="144" t="s">
+        <v>144</v>
+      </c>
+      <c r="D23" s="145" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" s="85" t="s">
+        <v>158</v>
+      </c>
+      <c r="F23" s="146" t="s">
+        <v>142</v>
+      </c>
+      <c r="G23" s="84" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" s="144" t="s">
+        <v>144</v>
+      </c>
+      <c r="I23" s="146" t="s">
+        <v>142</v>
+      </c>
+      <c r="J23" s="145" t="s">
         <v>71</v>
       </c>
-      <c r="D10" s="84" t="s">
+      <c r="K23" s="173"/>
+    </row>
+    <row r="24" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B24" s="185"/>
+      <c r="C24" s="148"/>
+      <c r="D24" s="149"/>
+      <c r="E24" s="160"/>
+      <c r="F24" s="154"/>
+      <c r="G24" s="216"/>
+      <c r="H24" s="156"/>
+      <c r="I24" s="157"/>
+      <c r="J24" s="214"/>
+      <c r="K24" s="173"/>
+    </row>
+    <row r="25" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B25" s="185"/>
+      <c r="C25" s="148"/>
+      <c r="D25" s="149"/>
+      <c r="E25" s="160"/>
+      <c r="F25" s="154"/>
+      <c r="G25" s="216"/>
+      <c r="H25" s="156"/>
+      <c r="I25" s="157"/>
+      <c r="J25" s="214"/>
+      <c r="K25" s="173"/>
+    </row>
+    <row r="26" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B26" s="185"/>
+      <c r="C26" s="148"/>
+      <c r="D26" s="149"/>
+      <c r="E26" s="160"/>
+      <c r="F26" s="154"/>
+      <c r="G26" s="216"/>
+      <c r="H26" s="156"/>
+      <c r="I26" s="157"/>
+      <c r="J26" s="214"/>
+      <c r="K26" s="173"/>
+    </row>
+    <row r="27" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B27" s="185"/>
+      <c r="C27" s="148"/>
+      <c r="D27" s="149"/>
+      <c r="E27" s="160"/>
+      <c r="F27" s="154"/>
+      <c r="G27" s="216"/>
+      <c r="H27" s="156"/>
+      <c r="I27" s="157"/>
+      <c r="J27" s="214"/>
+      <c r="K27" s="173"/>
+    </row>
+    <row r="28" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B28" s="185"/>
+      <c r="C28" s="148"/>
+      <c r="D28" s="149"/>
+      <c r="E28" s="160"/>
+      <c r="F28" s="154"/>
+      <c r="G28" s="216"/>
+      <c r="H28" s="156"/>
+      <c r="I28" s="157"/>
+      <c r="J28" s="214"/>
+      <c r="K28" s="173"/>
+    </row>
+    <row r="29" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B29" s="185"/>
+      <c r="C29" s="148"/>
+      <c r="D29" s="149"/>
+      <c r="E29" s="160"/>
+      <c r="F29" s="154"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="156"/>
+      <c r="I29" s="157"/>
+      <c r="J29" s="214"/>
+      <c r="K29" s="173"/>
+    </row>
+    <row r="30" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B30" s="185"/>
+      <c r="C30" s="148"/>
+      <c r="D30" s="149"/>
+      <c r="E30" s="160"/>
+      <c r="F30" s="154"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="156"/>
+      <c r="I30" s="157"/>
+      <c r="J30" s="214"/>
+      <c r="K30" s="173"/>
+    </row>
+    <row r="31" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B31" s="185"/>
+      <c r="C31" s="148"/>
+      <c r="D31" s="149"/>
+      <c r="E31" s="160"/>
+      <c r="F31" s="154"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="156"/>
+      <c r="I31" s="157"/>
+      <c r="J31" s="214"/>
+      <c r="K31" s="173"/>
+    </row>
+    <row r="32" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B32" s="185"/>
+      <c r="C32" s="148"/>
+      <c r="D32" s="149"/>
+      <c r="E32" s="160"/>
+      <c r="F32" s="154"/>
+      <c r="G32" s="216"/>
+      <c r="H32" s="156"/>
+      <c r="I32" s="157"/>
+      <c r="J32" s="214"/>
+      <c r="K32" s="173"/>
+    </row>
+    <row r="33" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B33" s="185"/>
+      <c r="C33" s="148"/>
+      <c r="D33" s="149"/>
+      <c r="E33" s="160"/>
+      <c r="F33" s="154"/>
+      <c r="G33" s="216"/>
+      <c r="H33" s="156"/>
+      <c r="I33" s="157"/>
+      <c r="J33" s="214"/>
+      <c r="K33" s="173"/>
+    </row>
+    <row r="34" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B34" s="185"/>
+      <c r="C34" s="148"/>
+      <c r="D34" s="149"/>
+      <c r="E34" s="160"/>
+      <c r="F34" s="154"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="156"/>
+      <c r="I34" s="157"/>
+      <c r="J34" s="214"/>
+      <c r="K34" s="173"/>
+    </row>
+    <row r="35" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B35" s="185"/>
+      <c r="C35" s="148"/>
+      <c r="D35" s="149"/>
+      <c r="E35" s="160"/>
+      <c r="F35" s="154"/>
+      <c r="G35" s="216"/>
+      <c r="H35" s="156"/>
+      <c r="I35" s="157"/>
+      <c r="J35" s="214"/>
+      <c r="K35" s="173"/>
+    </row>
+    <row r="36" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B36" s="185"/>
+      <c r="C36" s="148"/>
+      <c r="D36" s="149"/>
+      <c r="E36" s="160"/>
+      <c r="F36" s="154"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="156"/>
+      <c r="I36" s="157"/>
+      <c r="J36" s="214"/>
+      <c r="K36" s="173"/>
+    </row>
+    <row r="37" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B37" s="185"/>
+      <c r="C37" s="148"/>
+      <c r="D37" s="149"/>
+      <c r="E37" s="160"/>
+      <c r="F37" s="154"/>
+      <c r="G37" s="216"/>
+      <c r="H37" s="156"/>
+      <c r="I37" s="157"/>
+      <c r="J37" s="214"/>
+      <c r="K37" s="173"/>
+    </row>
+    <row r="38" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B38" s="185"/>
+      <c r="C38" s="148"/>
+      <c r="D38" s="149"/>
+      <c r="E38" s="160"/>
+      <c r="F38" s="154"/>
+      <c r="G38" s="216"/>
+      <c r="H38" s="156"/>
+      <c r="I38" s="157"/>
+      <c r="J38" s="214"/>
+      <c r="K38" s="173"/>
+    </row>
+    <row r="39" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B39" s="185"/>
+      <c r="C39" s="148"/>
+      <c r="D39" s="149"/>
+      <c r="E39" s="160"/>
+      <c r="F39" s="154"/>
+      <c r="G39" s="216"/>
+      <c r="H39" s="156"/>
+      <c r="I39" s="157"/>
+      <c r="J39" s="214"/>
+      <c r="K39" s="173"/>
+    </row>
+    <row r="40" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B40" s="185"/>
+      <c r="C40" s="148"/>
+      <c r="D40" s="149"/>
+      <c r="E40" s="160"/>
+      <c r="F40" s="154"/>
+      <c r="G40" s="216"/>
+      <c r="H40" s="156"/>
+      <c r="I40" s="157"/>
+      <c r="J40" s="214"/>
+      <c r="K40" s="173"/>
+    </row>
+    <row r="41" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B41" s="185"/>
+      <c r="C41" s="148"/>
+      <c r="D41" s="149"/>
+      <c r="E41" s="160"/>
+      <c r="F41" s="154"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="156"/>
+      <c r="I41" s="157"/>
+      <c r="J41" s="214"/>
+      <c r="K41" s="173"/>
+    </row>
+    <row r="42" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B42" s="185"/>
+      <c r="C42" s="148"/>
+      <c r="D42" s="149"/>
+      <c r="E42" s="160"/>
+      <c r="F42" s="154"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="156"/>
+      <c r="I42" s="157"/>
+      <c r="J42" s="214"/>
+      <c r="K42" s="173"/>
+    </row>
+    <row r="43" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B43" s="185"/>
+      <c r="C43" s="148"/>
+      <c r="D43" s="149"/>
+      <c r="E43" s="160"/>
+      <c r="F43" s="154"/>
+      <c r="G43" s="216"/>
+      <c r="H43" s="156"/>
+      <c r="I43" s="157"/>
+      <c r="J43" s="214"/>
+      <c r="K43" s="173"/>
+    </row>
+    <row r="44" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B44" s="185"/>
+      <c r="C44" s="148"/>
+      <c r="D44" s="149"/>
+      <c r="E44" s="160"/>
+      <c r="F44" s="154"/>
+      <c r="G44" s="216"/>
+      <c r="H44" s="156"/>
+      <c r="I44" s="157"/>
+      <c r="J44" s="214"/>
+      <c r="K44" s="173"/>
+    </row>
+    <row r="45" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B45" s="185"/>
+      <c r="C45" s="148"/>
+      <c r="D45" s="149"/>
+      <c r="E45" s="160"/>
+      <c r="F45" s="154"/>
+      <c r="G45" s="216"/>
+      <c r="H45" s="156"/>
+      <c r="I45" s="157"/>
+      <c r="J45" s="214"/>
+      <c r="K45" s="173"/>
+    </row>
+    <row r="46" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B46" s="185"/>
+      <c r="C46" s="148"/>
+      <c r="D46" s="149"/>
+      <c r="E46" s="160"/>
+      <c r="F46" s="154"/>
+      <c r="G46" s="216"/>
+      <c r="H46" s="156"/>
+      <c r="I46" s="157"/>
+      <c r="J46" s="214"/>
+      <c r="K46" s="173"/>
+    </row>
+    <row r="47" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B47" s="185"/>
+      <c r="C47" s="148"/>
+      <c r="D47" s="149"/>
+      <c r="E47" s="160"/>
+      <c r="F47" s="154"/>
+      <c r="G47" s="216"/>
+      <c r="H47" s="156"/>
+      <c r="I47" s="157"/>
+      <c r="J47" s="214"/>
+      <c r="K47" s="173"/>
+    </row>
+    <row r="48" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B48" s="185"/>
+      <c r="C48" s="148"/>
+      <c r="D48" s="149"/>
+      <c r="E48" s="160"/>
+      <c r="F48" s="154"/>
+      <c r="G48" s="216"/>
+      <c r="H48" s="156"/>
+      <c r="I48" s="157"/>
+      <c r="J48" s="214"/>
+      <c r="K48" s="173"/>
+    </row>
+    <row r="49" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B49" s="185"/>
+      <c r="C49" s="148"/>
+      <c r="D49" s="149"/>
+      <c r="E49" s="160"/>
+      <c r="F49" s="154"/>
+      <c r="G49" s="216"/>
+      <c r="H49" s="156"/>
+      <c r="I49" s="157"/>
+      <c r="J49" s="214"/>
+      <c r="K49" s="173"/>
+    </row>
+    <row r="50" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B50" s="185"/>
+      <c r="C50" s="148"/>
+      <c r="D50" s="149"/>
+      <c r="E50" s="160"/>
+      <c r="F50" s="154"/>
+      <c r="G50" s="216"/>
+      <c r="H50" s="156"/>
+      <c r="I50" s="157"/>
+      <c r="J50" s="214"/>
+      <c r="K50" s="173"/>
+    </row>
+    <row r="51" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B51" s="185"/>
+      <c r="C51" s="148"/>
+      <c r="D51" s="149"/>
+      <c r="E51" s="160"/>
+      <c r="F51" s="154"/>
+      <c r="G51" s="216"/>
+      <c r="H51" s="156"/>
+      <c r="I51" s="157"/>
+      <c r="J51" s="214"/>
+      <c r="K51" s="173"/>
+    </row>
+    <row r="52" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B52" s="185"/>
+      <c r="C52" s="148"/>
+      <c r="D52" s="149"/>
+      <c r="E52" s="160"/>
+      <c r="F52" s="154"/>
+      <c r="G52" s="216"/>
+      <c r="H52" s="156"/>
+      <c r="I52" s="157"/>
+      <c r="J52" s="214"/>
+      <c r="K52" s="173"/>
+    </row>
+    <row r="53" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B53" s="185"/>
+      <c r="C53" s="150"/>
+      <c r="D53" s="151"/>
+      <c r="E53" s="161"/>
+      <c r="F53" s="155"/>
+      <c r="G53" s="217"/>
+      <c r="H53" s="158"/>
+      <c r="I53" s="159"/>
+      <c r="J53" s="215"/>
+      <c r="K53" s="173"/>
+    </row>
+    <row r="54" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B54" s="186"/>
+      <c r="C54" s="187"/>
+      <c r="D54" s="187"/>
+      <c r="E54" s="187"/>
+      <c r="F54" s="187"/>
+      <c r="G54" s="187"/>
+      <c r="H54" s="187"/>
+      <c r="I54" s="187"/>
+      <c r="J54" s="187"/>
+      <c r="K54" s="198"/>
+    </row>
+    <row r="55" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="56" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="57" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="58" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="59" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="60" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="61" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="62" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="63" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="64" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="65" ht="15.75" customHeight="1"/>
+    <row r="66" ht="15.75" customHeight="1"/>
+    <row r="67" ht="15.75" customHeight="1"/>
+    <row r="68" ht="15.75" customHeight="1"/>
+    <row r="69" ht="15.75" customHeight="1"/>
+    <row r="70" ht="15.75" customHeight="1"/>
+    <row r="71" ht="15.75" customHeight="1"/>
+    <row r="72" ht="15.75" customHeight="1"/>
+    <row r="73" ht="15.75" customHeight="1"/>
+    <row r="74" ht="15.75" customHeight="1"/>
+    <row r="75" ht="15.75" customHeight="1"/>
+    <row r="76" ht="15.75" customHeight="1"/>
+    <row r="77" ht="15.75" customHeight="1"/>
+    <row r="78" ht="15.75" customHeight="1"/>
+    <row r="79" ht="15.75" customHeight="1"/>
+    <row r="80" ht="15.75" customHeight="1"/>
+    <row r="81" ht="15.75" customHeight="1"/>
+    <row r="82" ht="15.75" customHeight="1"/>
+    <row r="83" ht="15.75" customHeight="1"/>
+    <row r="84" ht="15.75" customHeight="1"/>
+    <row r="85" ht="15.75" customHeight="1"/>
+    <row r="86" ht="15.75" customHeight="1"/>
+    <row r="87" ht="15.75" customHeight="1"/>
+    <row r="88" ht="15.75" customHeight="1"/>
+    <row r="89" ht="15.75" customHeight="1"/>
+    <row r="90" ht="15.75" customHeight="1"/>
+    <row r="91" ht="15.75" customHeight="1"/>
+    <row r="92" ht="15.75" customHeight="1"/>
+    <row r="93" ht="15.75" customHeight="1"/>
+    <row r="94" ht="15.75" customHeight="1"/>
+    <row r="95" ht="15.75" customHeight="1"/>
+    <row r="96" ht="15.75" customHeight="1"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="22">
+    <mergeCell ref="H10:J10"/>
+    <mergeCell ref="H7:J7"/>
+    <mergeCell ref="C3:J3"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="H22:J22"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C13:E13"/>
+  </mergeCells>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:F13" xr:uid="{7935B244-8ADD-49A0-B577-59B37BD25902}">
+      <formula1>"yes,no"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C24:C53 E24:E53 H24:H53" xr:uid="{AAB459F5-BB62-4D64-B449-B61EC77D78AC}">
+      <formula1>"breakfast,lunch,dinner,snack"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F3FEDB1-38C0-44F8-B994-94EEB2CFE06C}">
+  <dimension ref="B1:U977"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I27" sqref="I27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.28515625" customWidth="1"/>
+    <col min="2" max="2" width="3.140625" customWidth="1"/>
+    <col min="3" max="3" width="3" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" customWidth="1"/>
+    <col min="5" max="5" width="24.7109375" customWidth="1"/>
+    <col min="6" max="6" width="19.5703125" customWidth="1"/>
+    <col min="7" max="7" width="1.42578125" customWidth="1"/>
+    <col min="8" max="8" width="12.28515625" customWidth="1"/>
+    <col min="9" max="9" width="78.7109375" style="52" customWidth="1"/>
+    <col min="10" max="10" width="4" style="52" customWidth="1"/>
+    <col min="11" max="11" width="3.42578125" style="52" customWidth="1"/>
+    <col min="12" max="20" width="8.5703125" style="52" customWidth="1"/>
+    <col min="21" max="21" width="3.7109375" style="52" customWidth="1"/>
+    <col min="22" max="31" width="8.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:21" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:21" ht="21" customHeight="1">
+      <c r="B2" s="183"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="170"/>
+      <c r="H2" s="170"/>
+      <c r="I2" s="170"/>
+      <c r="J2" s="170"/>
+      <c r="K2" s="184"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="88"/>
+      <c r="T2" s="88"/>
+      <c r="U2" s="58"/>
+    </row>
+    <row r="3" spans="2:21" ht="29.25" customHeight="1">
+      <c r="B3" s="185"/>
+      <c r="C3" s="268" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="268"/>
+      <c r="G3" s="268"/>
+      <c r="H3" s="268"/>
+      <c r="I3" s="268"/>
+      <c r="J3" s="268"/>
+      <c r="K3" s="197"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
+      <c r="R3" s="88"/>
+      <c r="S3" s="88"/>
+      <c r="T3" s="88"/>
+      <c r="U3" s="58"/>
+    </row>
+    <row r="4" spans="2:21" ht="15.75">
+      <c r="B4" s="185"/>
+      <c r="C4" s="91"/>
+      <c r="D4" s="102" t="s">
+        <v>170</v>
+      </c>
+      <c r="E4" s="102"/>
+      <c r="F4" s="102"/>
+      <c r="G4" s="102"/>
+      <c r="H4" s="102"/>
+      <c r="I4" s="196"/>
+      <c r="J4" s="104"/>
+      <c r="K4" s="197"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
+      <c r="N4" s="88"/>
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="88"/>
+      <c r="S4" s="88"/>
+      <c r="T4" s="88"/>
+      <c r="U4" s="58"/>
+    </row>
+    <row r="5" spans="2:21" ht="16.5" thickBot="1">
+      <c r="B5" s="185"/>
+      <c r="C5" s="91"/>
+      <c r="D5" s="91"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="102"/>
+      <c r="H5" s="116"/>
+      <c r="I5" s="196"/>
+      <c r="J5" s="104"/>
+      <c r="K5" s="197"/>
+      <c r="L5" s="88"/>
+      <c r="M5" s="88"/>
+      <c r="N5" s="88"/>
+      <c r="O5" s="88"/>
+      <c r="P5" s="88"/>
+      <c r="Q5" s="88"/>
+      <c r="R5" s="88"/>
+      <c r="S5" s="88"/>
+      <c r="T5" s="88"/>
+      <c r="U5" s="58"/>
+    </row>
+    <row r="6" spans="2:21">
+      <c r="B6" s="185"/>
+      <c r="C6" s="169"/>
+      <c r="D6" s="188"/>
+      <c r="E6" s="189"/>
+      <c r="F6" s="190"/>
+      <c r="G6" s="191"/>
+      <c r="H6" s="191"/>
+      <c r="I6" s="192"/>
+      <c r="J6" s="171"/>
+      <c r="K6" s="193"/>
+      <c r="L6" s="87"/>
+      <c r="M6" s="87"/>
+      <c r="N6" s="87"/>
+      <c r="O6" s="87"/>
+      <c r="P6" s="87"/>
+      <c r="Q6" s="87"/>
+      <c r="R6" s="87"/>
+      <c r="S6" s="87"/>
+      <c r="T6" s="87"/>
+      <c r="U6" s="58"/>
+    </row>
+    <row r="7" spans="2:21" ht="15.75" thickBot="1">
+      <c r="B7" s="185"/>
+      <c r="C7" s="172"/>
+      <c r="D7" s="194" t="s">
+        <v>130</v>
+      </c>
+      <c r="E7" s="194"/>
+      <c r="F7" s="195" t="s">
+        <v>141</v>
+      </c>
+      <c r="G7" s="194"/>
+      <c r="H7" s="194"/>
+      <c r="I7" s="194"/>
+      <c r="J7" s="173"/>
+      <c r="K7" s="193"/>
+      <c r="L7" s="87"/>
+      <c r="M7" s="87"/>
+      <c r="N7" s="87"/>
+      <c r="O7" s="87"/>
+      <c r="P7" s="87"/>
+      <c r="Q7" s="87"/>
+      <c r="R7" s="87"/>
+      <c r="S7" s="87"/>
+      <c r="T7" s="87"/>
+      <c r="U7" s="58"/>
+    </row>
+    <row r="8" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B8" s="185"/>
+      <c r="C8" s="185"/>
+      <c r="D8" s="394" t="s">
+        <v>124</v>
+      </c>
+      <c r="E8" s="395"/>
+      <c r="F8" s="209"/>
+      <c r="G8" s="179"/>
+      <c r="H8" s="180" t="s">
+        <v>125</v>
+      </c>
+      <c r="I8" s="181"/>
+      <c r="J8" s="173"/>
+      <c r="K8" s="173"/>
+    </row>
+    <row r="9" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B9" s="185"/>
+      <c r="C9" s="185"/>
+      <c r="D9" s="396" t="s">
+        <v>127</v>
+      </c>
+      <c r="E9" s="397"/>
+      <c r="F9" s="210"/>
+      <c r="G9" s="75"/>
+      <c r="H9" s="364"/>
+      <c r="I9" s="365"/>
+      <c r="J9" s="173"/>
+      <c r="K9" s="173"/>
+    </row>
+    <row r="10" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B10" s="185"/>
+      <c r="C10" s="185"/>
+      <c r="D10" s="396" t="s">
+        <v>128</v>
+      </c>
+      <c r="E10" s="397"/>
+      <c r="F10" s="210"/>
+      <c r="G10" s="75"/>
+      <c r="H10" s="366"/>
+      <c r="I10" s="367"/>
+      <c r="J10" s="173"/>
+      <c r="K10" s="173"/>
+    </row>
+    <row r="11" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B11" s="185"/>
+      <c r="C11" s="185"/>
+      <c r="D11" s="396" t="s">
+        <v>120</v>
+      </c>
+      <c r="E11" s="397"/>
+      <c r="F11" s="210"/>
+      <c r="G11" s="75"/>
+      <c r="H11" s="366"/>
+      <c r="I11" s="367"/>
+      <c r="J11" s="173"/>
+      <c r="K11" s="173"/>
+    </row>
+    <row r="12" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B12" s="185"/>
+      <c r="C12" s="185"/>
+      <c r="D12" s="396" t="s">
+        <v>131</v>
+      </c>
+      <c r="E12" s="397"/>
+      <c r="F12" s="210"/>
+      <c r="G12" s="75"/>
+      <c r="H12" s="366"/>
+      <c r="I12" s="367"/>
+      <c r="J12" s="173"/>
+      <c r="K12" s="173"/>
+    </row>
+    <row r="13" spans="2:21" s="52" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B13" s="185"/>
+      <c r="C13" s="185"/>
+      <c r="D13" s="398" t="s">
+        <v>121</v>
+      </c>
+      <c r="E13" s="399"/>
+      <c r="F13" s="211"/>
+      <c r="G13" s="80"/>
+      <c r="H13" s="368"/>
+      <c r="I13" s="369"/>
+      <c r="J13" s="173"/>
+      <c r="K13" s="173"/>
+    </row>
+    <row r="14" spans="2:21" s="52" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B14" s="185"/>
+      <c r="C14" s="185"/>
+      <c r="D14" s="199"/>
+      <c r="E14" s="104"/>
+      <c r="F14" s="199"/>
+      <c r="G14" s="199"/>
+      <c r="H14" s="199"/>
+      <c r="I14" s="104"/>
+      <c r="J14" s="173"/>
+      <c r="K14" s="173"/>
+    </row>
+    <row r="15" spans="2:21" s="52" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B15" s="185"/>
+      <c r="C15" s="185"/>
+      <c r="D15" s="194" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" s="194"/>
+      <c r="F15" s="195" t="s">
+        <v>141</v>
+      </c>
+      <c r="G15" s="194"/>
+      <c r="H15" s="194"/>
+      <c r="I15" s="194"/>
+      <c r="J15" s="173"/>
+      <c r="K15" s="173"/>
+    </row>
+    <row r="16" spans="2:21" s="52" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B16" s="185"/>
+      <c r="C16" s="185"/>
+      <c r="D16" s="404" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" s="405"/>
+      <c r="F16" s="402"/>
+      <c r="G16" s="182"/>
+      <c r="H16" s="408" t="s">
+        <v>126</v>
+      </c>
+      <c r="I16" s="376"/>
+      <c r="J16" s="173"/>
+      <c r="K16" s="173"/>
+    </row>
+    <row r="17" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B17" s="185"/>
+      <c r="C17" s="185"/>
+      <c r="D17" s="406"/>
+      <c r="E17" s="407"/>
+      <c r="F17" s="403"/>
+      <c r="G17" s="74"/>
+      <c r="H17" s="409"/>
+      <c r="I17" s="377"/>
+      <c r="J17" s="173"/>
+      <c r="K17" s="173"/>
+    </row>
+    <row r="18" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B18" s="185"/>
+      <c r="C18" s="185"/>
+      <c r="D18" s="370" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" s="371"/>
+      <c r="F18" s="212"/>
+      <c r="G18" s="74"/>
+      <c r="H18" s="372" t="s">
+        <v>140</v>
+      </c>
+      <c r="I18" s="373"/>
+      <c r="J18" s="173"/>
+      <c r="K18" s="173"/>
+    </row>
+    <row r="19" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B19" s="185"/>
+      <c r="C19" s="185"/>
+      <c r="D19" s="370" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" s="371"/>
+      <c r="F19" s="212"/>
+      <c r="G19" s="74"/>
+      <c r="H19" s="374"/>
+      <c r="I19" s="375"/>
+      <c r="J19" s="173"/>
+      <c r="K19" s="173"/>
+    </row>
+    <row r="20" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B20" s="185"/>
+      <c r="C20" s="185"/>
+      <c r="D20" s="400" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" s="401"/>
+      <c r="F20" s="210"/>
+      <c r="G20" s="75"/>
+      <c r="H20" s="358"/>
+      <c r="I20" s="359"/>
+      <c r="J20" s="173"/>
+      <c r="K20" s="173"/>
+    </row>
+    <row r="21" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B21" s="185"/>
+      <c r="C21" s="185"/>
+      <c r="D21" s="382" t="s">
+        <v>133</v>
+      </c>
+      <c r="E21" s="383"/>
+      <c r="F21" s="210"/>
+      <c r="G21" s="75"/>
+      <c r="H21" s="360"/>
+      <c r="I21" s="361"/>
+      <c r="J21" s="173"/>
+      <c r="K21" s="173"/>
+    </row>
+    <row r="22" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B22" s="185"/>
+      <c r="C22" s="185"/>
+      <c r="D22" s="384" t="s">
+        <v>122</v>
+      </c>
+      <c r="E22" s="385"/>
+      <c r="F22" s="211"/>
+      <c r="G22" s="80"/>
+      <c r="H22" s="362"/>
+      <c r="I22" s="363"/>
+      <c r="J22" s="173"/>
+      <c r="K22" s="173"/>
+    </row>
+    <row r="23" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B23" s="185"/>
+      <c r="C23" s="185"/>
+      <c r="D23" s="199"/>
+      <c r="E23" s="104"/>
+      <c r="F23" s="199"/>
+      <c r="G23" s="199"/>
+      <c r="H23" s="104"/>
+      <c r="I23" s="104"/>
+      <c r="J23" s="173"/>
+      <c r="K23" s="173"/>
+    </row>
+    <row r="24" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B24" s="185"/>
+      <c r="C24" s="185"/>
+      <c r="D24" s="194" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" s="104"/>
+      <c r="F24" s="199"/>
+      <c r="G24" s="199"/>
+      <c r="H24" s="104"/>
+      <c r="I24" s="104"/>
+      <c r="J24" s="173"/>
+      <c r="K24" s="173"/>
+    </row>
+    <row r="25" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B25" s="185"/>
+      <c r="C25" s="185"/>
+      <c r="D25" s="386" t="s">
         <v>72</v>
       </c>
-      <c r="F10" s="58"/>
-[...5 lines deleted...]
-      <c r="C11" s="88" t="s">
+      <c r="E25" s="387"/>
+      <c r="F25" s="231"/>
+      <c r="G25" s="232"/>
+      <c r="H25" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="I25" s="233"/>
+      <c r="J25" s="173"/>
+      <c r="K25" s="173"/>
+    </row>
+    <row r="26" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B26" s="185"/>
+      <c r="C26" s="185"/>
+      <c r="D26" s="380"/>
+      <c r="E26" s="381"/>
+      <c r="F26" s="213"/>
+      <c r="G26" s="83"/>
+      <c r="H26" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="I26" s="81"/>
+      <c r="J26" s="173"/>
+      <c r="K26" s="173"/>
+    </row>
+    <row r="27" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B27" s="185"/>
+      <c r="C27" s="185"/>
+      <c r="D27" s="380"/>
+      <c r="E27" s="381"/>
+      <c r="F27" s="213"/>
+      <c r="G27" s="83"/>
+      <c r="H27" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="I27" s="81"/>
+      <c r="J27" s="173"/>
+      <c r="K27" s="173"/>
+    </row>
+    <row r="28" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B28" s="185"/>
+      <c r="C28" s="185"/>
+      <c r="D28" s="380"/>
+      <c r="E28" s="381"/>
+      <c r="F28" s="213"/>
+      <c r="G28" s="83"/>
+      <c r="H28" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="I28" s="81"/>
+      <c r="J28" s="173"/>
+      <c r="K28" s="173"/>
+    </row>
+    <row r="29" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B29" s="185"/>
+      <c r="C29" s="185"/>
+      <c r="D29" s="388" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="89"/>
-[...6 lines deleted...]
-      <c r="C12" s="88" t="s">
+      <c r="E29" s="389"/>
+      <c r="F29" s="349" t="s">
+        <v>134</v>
+      </c>
+      <c r="G29" s="350"/>
+      <c r="H29" s="350"/>
+      <c r="I29" s="351"/>
+      <c r="J29" s="173"/>
+      <c r="K29" s="173"/>
+    </row>
+    <row r="30" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B30" s="185"/>
+      <c r="C30" s="185"/>
+      <c r="D30" s="390" t="s">
+        <v>136</v>
+      </c>
+      <c r="E30" s="391"/>
+      <c r="F30" s="352"/>
+      <c r="G30" s="353"/>
+      <c r="H30" s="353"/>
+      <c r="I30" s="354"/>
+      <c r="J30" s="173"/>
+      <c r="K30" s="173"/>
+    </row>
+    <row r="31" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B31" s="185"/>
+      <c r="C31" s="185"/>
+      <c r="D31" s="392" t="s">
+        <v>183</v>
+      </c>
+      <c r="E31" s="393"/>
+      <c r="F31" s="352"/>
+      <c r="G31" s="353"/>
+      <c r="H31" s="353"/>
+      <c r="I31" s="354"/>
+      <c r="J31" s="173"/>
+      <c r="K31" s="173"/>
+    </row>
+    <row r="32" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B32" s="185"/>
+      <c r="C32" s="185"/>
+      <c r="D32" s="390" t="s">
         <v>74</v>
       </c>
-      <c r="D12" s="89"/>
-[...6 lines deleted...]
-      <c r="C13" s="88" t="s">
+      <c r="E32" s="391"/>
+      <c r="F32" s="352"/>
+      <c r="G32" s="353"/>
+      <c r="H32" s="353"/>
+      <c r="I32" s="354"/>
+      <c r="J32" s="173"/>
+      <c r="K32" s="173"/>
+    </row>
+    <row r="33" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B33" s="185"/>
+      <c r="C33" s="185"/>
+      <c r="D33" s="378" t="s">
         <v>75</v>
       </c>
-      <c r="D13" s="89"/>
-[...45 lines deleted...]
-      <c r="D18" s="84" t="s">
+      <c r="E33" s="379"/>
+      <c r="F33" s="355"/>
+      <c r="G33" s="356"/>
+      <c r="H33" s="356"/>
+      <c r="I33" s="357"/>
+      <c r="J33" s="173"/>
+      <c r="K33" s="173"/>
+    </row>
+    <row r="34" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B34" s="185"/>
+      <c r="C34" s="186"/>
+      <c r="D34" s="187"/>
+      <c r="E34" s="187"/>
+      <c r="F34" s="187"/>
+      <c r="G34" s="187"/>
+      <c r="H34" s="187"/>
+      <c r="I34" s="187"/>
+      <c r="J34" s="198"/>
+      <c r="K34" s="173"/>
+    </row>
+    <row r="35" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B35" s="186"/>
+      <c r="C35" s="187"/>
+      <c r="D35" s="187"/>
+      <c r="E35" s="187"/>
+      <c r="F35" s="187"/>
+      <c r="G35" s="187"/>
+      <c r="H35" s="187"/>
+      <c r="I35" s="187"/>
+      <c r="J35" s="187"/>
+      <c r="K35" s="198"/>
+    </row>
+    <row r="36" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="37" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="38" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="39" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="40" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="41" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="42" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="43" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="44" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="45" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="46" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="47" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="48" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="49" ht="15.75" customHeight="1"/>
+    <row r="50" ht="15.75" customHeight="1"/>
+    <row r="51" ht="15.75" customHeight="1"/>
+    <row r="52" ht="15.75" customHeight="1"/>
+    <row r="53" ht="15.75" customHeight="1"/>
+    <row r="54" ht="15.75" customHeight="1"/>
+    <row r="55" ht="15.75" customHeight="1"/>
+    <row r="56" ht="15.75" customHeight="1"/>
+    <row r="57" ht="15.75" customHeight="1"/>
+    <row r="58" ht="15.75" customHeight="1"/>
+    <row r="59" ht="15.75" customHeight="1"/>
+    <row r="60" ht="15.75" customHeight="1"/>
+    <row r="61" ht="15.75" customHeight="1"/>
+    <row r="62" ht="15.75" customHeight="1"/>
+    <row r="63" ht="15.75" customHeight="1"/>
+    <row r="64" ht="15.75" customHeight="1"/>
+    <row r="65" ht="15.75" customHeight="1"/>
+    <row r="66" ht="15.75" customHeight="1"/>
+    <row r="67" ht="15.75" customHeight="1"/>
+    <row r="68" ht="15.75" customHeight="1"/>
+    <row r="69" ht="15.75" customHeight="1"/>
+    <row r="70" ht="15.75" customHeight="1"/>
+    <row r="71" ht="15.75" customHeight="1"/>
+    <row r="72" ht="15.75" customHeight="1"/>
+    <row r="73" ht="15.75" customHeight="1"/>
+    <row r="74" ht="15.75" customHeight="1"/>
+    <row r="75" ht="15.75" customHeight="1"/>
+    <row r="76" ht="15.75" customHeight="1"/>
+    <row r="77" ht="15.75" customHeight="1"/>
+    <row r="78" ht="15.75" customHeight="1"/>
+    <row r="79" ht="15.75" customHeight="1"/>
+    <row r="80" ht="15.75" customHeight="1"/>
+    <row r="81" ht="15.75" customHeight="1"/>
+    <row r="82" ht="15.75" customHeight="1"/>
+    <row r="83" ht="15.75" customHeight="1"/>
+    <row r="84" ht="15.75" customHeight="1"/>
+    <row r="85" ht="15.75" customHeight="1"/>
+    <row r="86" ht="15.75" customHeight="1"/>
+    <row r="87" ht="15.75" customHeight="1"/>
+    <row r="88" ht="15.75" customHeight="1"/>
+    <row r="89" ht="15.75" customHeight="1"/>
+    <row r="90" ht="15.75" customHeight="1"/>
+    <row r="91" ht="15.75" customHeight="1"/>
+    <row r="92" ht="15.75" customHeight="1"/>
+    <row r="93" ht="15.75" customHeight="1"/>
+    <row r="94" ht="15.75" customHeight="1"/>
+    <row r="95" ht="15.75" customHeight="1"/>
+    <row r="96" ht="15.75" customHeight="1"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+  </sheetData>
+  <mergeCells count="29">
+    <mergeCell ref="F16:F17"/>
+    <mergeCell ref="D16:E17"/>
+    <mergeCell ref="H16:H17"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F29:I33"/>
+    <mergeCell ref="C3:J3"/>
+    <mergeCell ref="H20:I22"/>
+    <mergeCell ref="H9:I13"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="H18:I19"/>
+    <mergeCell ref="I16:I17"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D29:E29"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4B2088C-D769-4009-9385-D22DD1FB53A5}">
+  <dimension ref="B1:U978"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I12" sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="3.28515625" customWidth="1"/>
+    <col min="2" max="2" width="3.140625" customWidth="1"/>
+    <col min="3" max="3" width="3" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" customWidth="1"/>
+    <col min="5" max="5" width="24.7109375" customWidth="1"/>
+    <col min="6" max="6" width="19.5703125" customWidth="1"/>
+    <col min="7" max="7" width="1.42578125" customWidth="1"/>
+    <col min="8" max="8" width="12.28515625" customWidth="1"/>
+    <col min="9" max="9" width="78.7109375" style="52" customWidth="1"/>
+    <col min="10" max="10" width="4" style="52" customWidth="1"/>
+    <col min="11" max="11" width="3.42578125" style="52" customWidth="1"/>
+    <col min="12" max="20" width="8.5703125" style="52" customWidth="1"/>
+    <col min="21" max="21" width="3.7109375" style="52" customWidth="1"/>
+    <col min="22" max="31" width="8.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:21" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:21" ht="21" customHeight="1">
+      <c r="B2" s="183"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="170"/>
+      <c r="H2" s="170"/>
+      <c r="I2" s="170"/>
+      <c r="J2" s="170"/>
+      <c r="K2" s="184"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="88"/>
+      <c r="T2" s="88"/>
+      <c r="U2" s="58"/>
+    </row>
+    <row r="3" spans="2:21" ht="21" customHeight="1">
+      <c r="B3" s="185"/>
+      <c r="C3" s="268" t="s">
+        <v>171</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="268"/>
+      <c r="G3" s="268"/>
+      <c r="H3" s="268"/>
+      <c r="I3" s="268"/>
+      <c r="J3" s="268"/>
+      <c r="K3" s="197"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
+      <c r="R3" s="88"/>
+      <c r="S3" s="88"/>
+      <c r="T3" s="88"/>
+      <c r="U3" s="58"/>
+    </row>
+    <row r="4" spans="2:21" ht="15.75">
+      <c r="B4" s="185"/>
+      <c r="C4" s="91"/>
+      <c r="D4" s="102" t="s">
+        <v>186</v>
+      </c>
+      <c r="E4" s="102"/>
+      <c r="F4" s="102"/>
+      <c r="G4" s="102"/>
+      <c r="H4" s="102"/>
+      <c r="I4" s="196"/>
+      <c r="J4" s="104"/>
+      <c r="K4" s="197"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
+      <c r="N4" s="88"/>
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="88"/>
+      <c r="S4" s="88"/>
+      <c r="T4" s="88"/>
+      <c r="U4" s="58"/>
+    </row>
+    <row r="5" spans="2:21" ht="16.5" thickBot="1">
+      <c r="B5" s="185"/>
+      <c r="C5" s="91"/>
+      <c r="D5" s="91"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="102"/>
+      <c r="H5" s="116"/>
+      <c r="I5" s="196"/>
+      <c r="J5" s="104"/>
+      <c r="K5" s="197"/>
+      <c r="L5" s="88"/>
+      <c r="M5" s="88"/>
+      <c r="N5" s="88"/>
+      <c r="O5" s="88"/>
+      <c r="P5" s="88"/>
+      <c r="Q5" s="88"/>
+      <c r="R5" s="88"/>
+      <c r="S5" s="88"/>
+      <c r="T5" s="88"/>
+      <c r="U5" s="58"/>
+    </row>
+    <row r="6" spans="2:21">
+      <c r="B6" s="185"/>
+      <c r="C6" s="169"/>
+      <c r="D6" s="188"/>
+      <c r="E6" s="189"/>
+      <c r="F6" s="190"/>
+      <c r="G6" s="191"/>
+      <c r="H6" s="191"/>
+      <c r="I6" s="192"/>
+      <c r="J6" s="171"/>
+      <c r="K6" s="193"/>
+      <c r="L6" s="87"/>
+      <c r="M6" s="87"/>
+      <c r="N6" s="87"/>
+      <c r="O6" s="87"/>
+      <c r="P6" s="87"/>
+      <c r="Q6" s="87"/>
+      <c r="R6" s="87"/>
+      <c r="S6" s="87"/>
+      <c r="T6" s="87"/>
+      <c r="U6" s="58"/>
+    </row>
+    <row r="7" spans="2:21" ht="15.75" thickBot="1">
+      <c r="B7" s="185"/>
+      <c r="C7" s="172"/>
+      <c r="D7" s="194" t="s">
+        <v>130</v>
+      </c>
+      <c r="E7" s="194"/>
+      <c r="F7" s="195" t="s">
+        <v>141</v>
+      </c>
+      <c r="G7" s="194"/>
+      <c r="H7" s="194"/>
+      <c r="I7" s="194"/>
+      <c r="J7" s="173"/>
+      <c r="K7" s="193"/>
+      <c r="L7" s="87"/>
+      <c r="M7" s="87"/>
+      <c r="N7" s="87"/>
+      <c r="O7" s="87"/>
+      <c r="P7" s="87"/>
+      <c r="Q7" s="87"/>
+      <c r="R7" s="87"/>
+      <c r="S7" s="87"/>
+      <c r="T7" s="87"/>
+      <c r="U7" s="58"/>
+    </row>
+    <row r="8" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B8" s="185"/>
+      <c r="C8" s="185"/>
+      <c r="D8" s="430" t="s">
+        <v>181</v>
+      </c>
+      <c r="E8" s="431"/>
+      <c r="F8" s="256">
+        <v>45</v>
+      </c>
+      <c r="G8" s="179"/>
+      <c r="H8" s="229" t="s">
+        <v>125</v>
+      </c>
+      <c r="I8" s="230"/>
+      <c r="J8" s="173"/>
+      <c r="K8" s="173"/>
+    </row>
+    <row r="9" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B9" s="185"/>
+      <c r="C9" s="185"/>
+      <c r="D9" s="382" t="s">
+        <v>127</v>
+      </c>
+      <c r="E9" s="383"/>
+      <c r="F9" s="210"/>
+      <c r="G9" s="228"/>
+      <c r="H9" s="416" t="s">
+        <v>182</v>
+      </c>
+      <c r="I9" s="417"/>
+      <c r="J9" s="173"/>
+      <c r="K9" s="173"/>
+    </row>
+    <row r="10" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B10" s="185"/>
+      <c r="C10" s="185"/>
+      <c r="D10" s="382" t="s">
+        <v>128</v>
+      </c>
+      <c r="E10" s="383"/>
+      <c r="F10" s="210"/>
+      <c r="G10" s="75"/>
+      <c r="H10" s="418"/>
+      <c r="I10" s="419"/>
+      <c r="J10" s="173"/>
+      <c r="K10" s="173"/>
+    </row>
+    <row r="11" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B11" s="185"/>
+      <c r="C11" s="185"/>
+      <c r="D11" s="382" t="s">
+        <v>120</v>
+      </c>
+      <c r="E11" s="383"/>
+      <c r="F11" s="257">
+        <v>30</v>
+      </c>
+      <c r="G11" s="75"/>
+      <c r="H11" s="412"/>
+      <c r="I11" s="413"/>
+      <c r="J11" s="173"/>
+      <c r="K11" s="173"/>
+    </row>
+    <row r="12" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B12" s="185"/>
+      <c r="C12" s="185"/>
+      <c r="D12" s="382" t="s">
+        <v>184</v>
+      </c>
+      <c r="E12" s="383"/>
+      <c r="F12" s="210"/>
+      <c r="G12" s="75"/>
+      <c r="H12" s="226"/>
+      <c r="I12" s="227"/>
+      <c r="J12" s="173"/>
+      <c r="K12" s="173"/>
+    </row>
+    <row r="13" spans="2:21" s="52" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B13" s="185"/>
+      <c r="C13" s="185"/>
+      <c r="D13" s="199"/>
+      <c r="E13" s="104"/>
+      <c r="F13" s="258"/>
+      <c r="G13" s="199"/>
+      <c r="H13" s="199"/>
+      <c r="I13" s="104"/>
+      <c r="J13" s="173"/>
+      <c r="K13" s="173"/>
+    </row>
+    <row r="14" spans="2:21" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B14" s="185"/>
+      <c r="C14" s="185"/>
+      <c r="D14" s="199"/>
+      <c r="E14" s="104"/>
+      <c r="F14" s="258"/>
+      <c r="G14" s="199"/>
+      <c r="H14" s="104"/>
+      <c r="I14" s="104"/>
+      <c r="J14" s="173"/>
+      <c r="K14" s="173"/>
+    </row>
+    <row r="15" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B15" s="185"/>
+      <c r="C15" s="185"/>
+      <c r="D15" s="200" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" s="191"/>
+      <c r="F15" s="259"/>
+      <c r="G15" s="190"/>
+      <c r="H15" s="264" t="s">
+        <v>189</v>
+      </c>
+      <c r="I15" s="171"/>
+      <c r="J15" s="173"/>
+      <c r="K15" s="173"/>
+    </row>
+    <row r="16" spans="2:21" ht="15.75" customHeight="1">
+      <c r="B16" s="185"/>
+      <c r="C16" s="185"/>
+      <c r="D16" s="424" t="s">
+        <v>188</v>
+      </c>
+      <c r="E16" s="425"/>
+      <c r="F16" s="213"/>
+      <c r="G16" s="83"/>
+      <c r="H16" s="410"/>
+      <c r="I16" s="411"/>
+      <c r="J16" s="173"/>
+      <c r="K16" s="173"/>
+    </row>
+    <row r="17" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B17" s="185"/>
+      <c r="C17" s="185"/>
+      <c r="D17" s="428" t="s">
         <v>72</v>
       </c>
-      <c r="F18" s="58"/>
-[...5 lines deleted...]
-      <c r="C19" s="88" t="s">
+      <c r="E17" s="429"/>
+      <c r="F17" s="213"/>
+      <c r="G17" s="83"/>
+      <c r="H17" s="410"/>
+      <c r="I17" s="411"/>
+      <c r="J17" s="173"/>
+      <c r="K17" s="173"/>
+    </row>
+    <row r="18" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B18" s="185"/>
+      <c r="C18" s="185"/>
+      <c r="D18" s="424" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" s="425"/>
+      <c r="F18" s="213"/>
+      <c r="G18" s="83"/>
+      <c r="H18" s="410"/>
+      <c r="I18" s="411"/>
+      <c r="J18" s="173"/>
+      <c r="K18" s="173"/>
+    </row>
+    <row r="19" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B19" s="185"/>
+      <c r="C19" s="185"/>
+      <c r="D19" s="428" t="s">
+        <v>190</v>
+      </c>
+      <c r="E19" s="429"/>
+      <c r="F19" s="213"/>
+      <c r="G19" s="83"/>
+      <c r="H19" s="262"/>
+      <c r="I19" s="263"/>
+      <c r="J19" s="173"/>
+      <c r="K19" s="173"/>
+    </row>
+    <row r="20" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B20" s="185"/>
+      <c r="C20" s="185"/>
+      <c r="D20" s="424" t="s">
+        <v>191</v>
+      </c>
+      <c r="E20" s="425"/>
+      <c r="F20" s="213"/>
+      <c r="G20" s="83"/>
+      <c r="H20" s="410"/>
+      <c r="I20" s="411"/>
+      <c r="J20" s="173"/>
+      <c r="K20" s="173"/>
+    </row>
+    <row r="21" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B21" s="185"/>
+      <c r="C21" s="185"/>
+      <c r="D21" s="424" t="s">
+        <v>185</v>
+      </c>
+      <c r="E21" s="425"/>
+      <c r="F21" s="213"/>
+      <c r="G21" s="83"/>
+      <c r="H21" s="410"/>
+      <c r="I21" s="411"/>
+      <c r="J21" s="173"/>
+      <c r="K21" s="173"/>
+    </row>
+    <row r="22" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B22" s="185"/>
+      <c r="C22" s="185"/>
+      <c r="D22" s="388" t="s">
         <v>73</v>
       </c>
-      <c r="D19" s="89"/>
-[...6 lines deleted...]
-      <c r="C20" s="88" t="s">
+      <c r="E22" s="426"/>
+      <c r="F22" s="260">
+        <v>165</v>
+      </c>
+      <c r="G22" s="255"/>
+      <c r="H22" s="414"/>
+      <c r="I22" s="415"/>
+      <c r="J22" s="173"/>
+      <c r="K22" s="173"/>
+    </row>
+    <row r="23" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B23" s="185"/>
+      <c r="C23" s="185"/>
+      <c r="D23" s="390" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" s="427"/>
+      <c r="F23" s="261"/>
+      <c r="G23" s="255"/>
+      <c r="H23" s="410"/>
+      <c r="I23" s="411"/>
+      <c r="J23" s="173"/>
+      <c r="K23" s="173"/>
+    </row>
+    <row r="24" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B24" s="185"/>
+      <c r="C24" s="185"/>
+      <c r="D24" s="392" t="s">
+        <v>187</v>
+      </c>
+      <c r="E24" s="420"/>
+      <c r="F24" s="261"/>
+      <c r="G24" s="255"/>
+      <c r="H24" s="410"/>
+      <c r="I24" s="411"/>
+      <c r="J24" s="173"/>
+      <c r="K24" s="173"/>
+    </row>
+    <row r="25" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B25" s="185"/>
+      <c r="C25" s="185"/>
+      <c r="D25" s="390" t="s">
         <v>74</v>
       </c>
-      <c r="D20" s="89"/>
-[...6 lines deleted...]
-      <c r="C21" s="88" t="s">
+      <c r="E25" s="427"/>
+      <c r="F25" s="261"/>
+      <c r="G25" s="255"/>
+      <c r="H25" s="410"/>
+      <c r="I25" s="411"/>
+      <c r="J25" s="173"/>
+      <c r="K25" s="173"/>
+    </row>
+    <row r="26" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B26" s="185"/>
+      <c r="C26" s="185"/>
+      <c r="D26" s="421" t="s">
         <v>75</v>
       </c>
-      <c r="D21" s="89"/>
-[...146 lines deleted...]
-    <row r="48" ht="15.75" customHeight="1"/>
+      <c r="E26" s="422"/>
+      <c r="F26" s="261"/>
+      <c r="G26" s="255"/>
+      <c r="H26" s="410"/>
+      <c r="I26" s="411"/>
+      <c r="J26" s="173"/>
+      <c r="K26" s="173"/>
+    </row>
+    <row r="27" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B27" s="185"/>
+      <c r="C27" s="185"/>
+      <c r="D27" s="423"/>
+      <c r="E27" s="423"/>
+      <c r="F27" s="261"/>
+      <c r="G27" s="255"/>
+      <c r="H27" s="410"/>
+      <c r="I27" s="411"/>
+      <c r="J27" s="173"/>
+      <c r="K27" s="173"/>
+    </row>
+    <row r="28" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B28" s="185"/>
+      <c r="C28" s="185"/>
+      <c r="D28" s="423"/>
+      <c r="E28" s="423"/>
+      <c r="F28" s="261"/>
+      <c r="G28" s="255"/>
+      <c r="H28" s="410"/>
+      <c r="I28" s="411"/>
+      <c r="J28" s="173"/>
+      <c r="K28" s="173"/>
+    </row>
+    <row r="29" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B29" s="185"/>
+      <c r="C29" s="185"/>
+      <c r="D29" s="423"/>
+      <c r="E29" s="423"/>
+      <c r="F29" s="261"/>
+      <c r="G29" s="255"/>
+      <c r="H29" s="410"/>
+      <c r="I29" s="411"/>
+      <c r="J29" s="173"/>
+      <c r="K29" s="173"/>
+    </row>
+    <row r="30" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B30" s="185"/>
+      <c r="C30" s="185"/>
+      <c r="D30" s="423"/>
+      <c r="E30" s="423"/>
+      <c r="F30" s="261"/>
+      <c r="G30" s="255"/>
+      <c r="H30" s="410"/>
+      <c r="I30" s="411"/>
+      <c r="J30" s="173"/>
+      <c r="K30" s="173"/>
+    </row>
+    <row r="31" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B31" s="185"/>
+      <c r="C31" s="185"/>
+      <c r="D31" s="423"/>
+      <c r="E31" s="423"/>
+      <c r="F31" s="261"/>
+      <c r="G31" s="255"/>
+      <c r="H31" s="410"/>
+      <c r="I31" s="411"/>
+      <c r="J31" s="173"/>
+      <c r="K31" s="173"/>
+    </row>
+    <row r="32" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B32" s="185"/>
+      <c r="C32" s="185"/>
+      <c r="D32" s="423"/>
+      <c r="E32" s="423"/>
+      <c r="F32" s="261"/>
+      <c r="G32" s="255"/>
+      <c r="H32" s="410"/>
+      <c r="I32" s="411"/>
+      <c r="J32" s="173"/>
+      <c r="K32" s="173"/>
+    </row>
+    <row r="33" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B33" s="185"/>
+      <c r="C33" s="185"/>
+      <c r="D33" s="423"/>
+      <c r="E33" s="423"/>
+      <c r="F33" s="261"/>
+      <c r="G33" s="255"/>
+      <c r="H33" s="410"/>
+      <c r="I33" s="411"/>
+      <c r="J33" s="173"/>
+      <c r="K33" s="173"/>
+    </row>
+    <row r="34" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B34" s="185"/>
+      <c r="C34" s="185"/>
+      <c r="D34" s="423"/>
+      <c r="E34" s="423"/>
+      <c r="F34" s="261"/>
+      <c r="G34" s="255"/>
+      <c r="H34" s="410"/>
+      <c r="I34" s="411"/>
+      <c r="J34" s="173"/>
+      <c r="K34" s="173"/>
+    </row>
+    <row r="35" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B35" s="185"/>
+      <c r="C35" s="186"/>
+      <c r="D35" s="187"/>
+      <c r="E35" s="187"/>
+      <c r="F35" s="187"/>
+      <c r="G35" s="187"/>
+      <c r="H35" s="187"/>
+      <c r="I35" s="187"/>
+      <c r="J35" s="198"/>
+      <c r="K35" s="173"/>
+    </row>
+    <row r="36" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B36" s="186"/>
+      <c r="C36" s="187"/>
+      <c r="D36" s="187"/>
+      <c r="E36" s="187"/>
+      <c r="F36" s="187"/>
+      <c r="G36" s="187"/>
+      <c r="H36" s="187"/>
+      <c r="I36" s="187"/>
+      <c r="J36" s="187"/>
+      <c r="K36" s="198"/>
+    </row>
+    <row r="37" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="38" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="39" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="40" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="41" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="42" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="43" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="44" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="45" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="46" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="47" spans="2:11" ht="15.75" customHeight="1"/>
+    <row r="48" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
     <row r="57" ht="15.75" customHeight="1"/>
     <row r="58" ht="15.75" customHeight="1"/>
     <row r="59" ht="15.75" customHeight="1"/>
     <row r="60" ht="15.75" customHeight="1"/>
     <row r="61" ht="15.75" customHeight="1"/>
     <row r="62" ht="15.75" customHeight="1"/>
     <row r="63" ht="15.75" customHeight="1"/>
     <row r="64" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
     <row r="66" ht="15.75" customHeight="1"/>
     <row r="67" ht="15.75" customHeight="1"/>
     <row r="68" ht="15.75" customHeight="1"/>
     <row r="69" ht="15.75" customHeight="1"/>
     <row r="70" ht="15.75" customHeight="1"/>
     <row r="71" ht="15.75" customHeight="1"/>
     <row r="72" ht="15.75" customHeight="1"/>
     <row r="73" ht="15.75" customHeight="1"/>
@@ -8489,18198 +14205,629 @@
     <row r="954" ht="15.75" customHeight="1"/>
     <row r="955" ht="15.75" customHeight="1"/>
     <row r="956" ht="15.75" customHeight="1"/>
     <row r="957" ht="15.75" customHeight="1"/>
     <row r="958" ht="15.75" customHeight="1"/>
     <row r="959" ht="15.75" customHeight="1"/>
     <row r="960" ht="15.75" customHeight="1"/>
     <row r="961" ht="15.75" customHeight="1"/>
     <row r="962" ht="15.75" customHeight="1"/>
     <row r="963" ht="15.75" customHeight="1"/>
     <row r="964" ht="15.75" customHeight="1"/>
     <row r="965" ht="15.75" customHeight="1"/>
     <row r="966" ht="15.75" customHeight="1"/>
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
     <row r="970" ht="15.75" customHeight="1"/>
     <row r="971" ht="15.75" customHeight="1"/>
     <row r="972" ht="15.75" customHeight="1"/>
     <row r="973" ht="15.75" customHeight="1"/>
     <row r="974" ht="15.75" customHeight="1"/>
     <row r="975" ht="15.75" customHeight="1"/>
     <row r="976" ht="15.75" customHeight="1"/>
     <row r="977" ht="15.75" customHeight="1"/>
     <row r="978" ht="15.75" customHeight="1"/>
-    <row r="979" ht="15.75" customHeight="1"/>
-[...20 lines deleted...]
-    <row r="1000" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="C4:D4"/>
+  <mergeCells count="45">
+    <mergeCell ref="C3:J3"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="H9:I10"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="H26:I26"/>
   </mergeCells>
-  <dataValidations>
-[...7 lines deleted...]
-  <drawing r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD0E8C39-8321-4F26-B566-E9EBF83C6965}">
+  <dimension ref="B1:T866"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...3 lines deleted...]
-      <selection activeCell="B5" sqref="B5" pane="bottomRight"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="N11" sqref="N11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="39.0"/>
-[...1 lines deleted...]
-    <col customWidth="1" min="12" max="26" width="8.63"/>
+    <col min="1" max="1" width="3.28515625" customWidth="1"/>
+    <col min="2" max="2" width="3.140625" customWidth="1"/>
+    <col min="3" max="3" width="3" customWidth="1"/>
+    <col min="4" max="4" width="20.28515625" customWidth="1"/>
+    <col min="5" max="5" width="24.7109375" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" customWidth="1"/>
+    <col min="7" max="7" width="24" customWidth="1"/>
+    <col min="8" max="8" width="20.42578125" customWidth="1"/>
+    <col min="9" max="9" width="3.140625" style="52" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="52" customWidth="1"/>
+    <col min="11" max="11" width="4.5703125" style="52" customWidth="1"/>
+    <col min="12" max="19" width="8.5703125" style="52" customWidth="1"/>
+    <col min="20" max="20" width="3.7109375" style="52" customWidth="1"/>
+    <col min="21" max="30" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
-[...13452 lines deleted...]
-        <f t="shared" ref="F7:F16" si="1">SUM(D7*E7)</f>
+    <row r="1" spans="2:20" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:20" ht="21" customHeight="1">
+      <c r="B2" s="468"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="101"/>
+      <c r="E2" s="101"/>
+      <c r="F2" s="101"/>
+      <c r="G2" s="101"/>
+      <c r="H2" s="101"/>
+      <c r="I2" s="101"/>
+      <c r="J2" s="101"/>
+      <c r="K2" s="491"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="88"/>
+      <c r="T2" s="58"/>
+    </row>
+    <row r="3" spans="2:20" ht="21" customHeight="1">
+      <c r="B3" s="112"/>
+      <c r="C3" s="268" t="s">
+        <v>193</v>
+      </c>
+      <c r="D3" s="268"/>
+      <c r="E3" s="268"/>
+      <c r="F3" s="268"/>
+      <c r="G3" s="268"/>
+      <c r="H3" s="268"/>
+      <c r="I3" s="268"/>
+      <c r="J3" s="268"/>
+      <c r="K3" s="492"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
+      <c r="R3" s="88"/>
+      <c r="S3" s="88"/>
+      <c r="T3" s="58"/>
+    </row>
+    <row r="4" spans="2:20" ht="21" customHeight="1">
+      <c r="B4" s="112"/>
+      <c r="C4" s="432" t="s">
+        <v>200</v>
+      </c>
+      <c r="D4" s="432"/>
+      <c r="E4" s="432"/>
+      <c r="F4" s="432"/>
+      <c r="G4" s="432"/>
+      <c r="H4" s="432"/>
+      <c r="I4" s="432"/>
+      <c r="J4" s="432"/>
+      <c r="K4" s="492"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
+      <c r="N4" s="88"/>
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="88"/>
+      <c r="S4" s="88"/>
+      <c r="T4" s="58"/>
+    </row>
+    <row r="5" spans="2:20" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B5" s="112"/>
+      <c r="C5" s="104"/>
+      <c r="D5" s="104"/>
+      <c r="E5" s="104"/>
+      <c r="F5" s="104"/>
+      <c r="G5" s="104"/>
+      <c r="H5" s="104"/>
+      <c r="I5" s="104"/>
+      <c r="J5" s="104"/>
+      <c r="K5" s="99"/>
+    </row>
+    <row r="6" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B6" s="112"/>
+      <c r="C6" s="482"/>
+      <c r="D6" s="483"/>
+      <c r="E6" s="484"/>
+      <c r="F6" s="483"/>
+      <c r="G6" s="483"/>
+      <c r="H6" s="483"/>
+      <c r="I6" s="483"/>
+      <c r="J6" s="485"/>
+      <c r="K6" s="99"/>
+    </row>
+    <row r="7" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B7" s="112"/>
+      <c r="C7" s="486"/>
+      <c r="D7" s="470" t="s">
+        <v>206</v>
+      </c>
+      <c r="E7" s="469"/>
+      <c r="F7" s="265"/>
+      <c r="G7" s="470" t="s">
+        <v>204</v>
+      </c>
+      <c r="H7" s="265"/>
+      <c r="I7" s="265"/>
+      <c r="J7" s="487"/>
+      <c r="K7" s="99"/>
+    </row>
+    <row r="8" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B8" s="112"/>
+      <c r="C8" s="486"/>
+      <c r="D8" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="267"/>
+      <c r="F8" s="265"/>
+      <c r="G8" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" s="267"/>
+      <c r="I8" s="265"/>
+      <c r="J8" s="487"/>
+      <c r="K8" s="99"/>
+    </row>
+    <row r="9" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B9" s="112"/>
+      <c r="C9" s="486"/>
+      <c r="D9" s="266" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" s="267"/>
+      <c r="F9" s="265"/>
+      <c r="G9" s="266" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" s="267"/>
+      <c r="I9" s="265"/>
+      <c r="J9" s="487"/>
+      <c r="K9" s="99"/>
+    </row>
+    <row r="10" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B10" s="112"/>
+      <c r="C10" s="486"/>
+      <c r="D10" s="266" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" s="267"/>
+      <c r="F10" s="265"/>
+      <c r="G10" s="266" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" s="267"/>
+      <c r="I10" s="265"/>
+      <c r="J10" s="487"/>
+      <c r="K10" s="99"/>
+    </row>
+    <row r="11" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B11" s="112"/>
+      <c r="C11" s="486"/>
+      <c r="D11" s="266" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" s="267"/>
+      <c r="F11" s="265"/>
+      <c r="G11" s="266" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" s="267"/>
+      <c r="I11" s="265"/>
+      <c r="J11" s="487"/>
+      <c r="K11" s="99"/>
+    </row>
+    <row r="12" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B12" s="112"/>
+      <c r="C12" s="486"/>
+      <c r="D12" s="465" t="s">
+        <v>201</v>
+      </c>
+      <c r="E12" s="267"/>
+      <c r="F12" s="265"/>
+      <c r="G12" s="266" t="s">
+        <v>196</v>
+      </c>
+      <c r="H12" s="267"/>
+      <c r="I12" s="265"/>
+      <c r="J12" s="487"/>
+      <c r="K12" s="99"/>
+    </row>
+    <row r="13" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B13" s="112"/>
+      <c r="C13" s="486"/>
+      <c r="D13" s="471" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" s="472">
+        <f>SUM(E8:E12)</f>
         <v>0</v>
       </c>
-      <c r="G7" s="151">
-        <f>SUM(F7*Calculations!E12)</f>
+      <c r="F13" s="265"/>
+      <c r="G13" s="266" t="s">
+        <v>195</v>
+      </c>
+      <c r="H13" s="267"/>
+      <c r="I13" s="265"/>
+      <c r="J13" s="487"/>
+      <c r="K13" s="99"/>
+    </row>
+    <row r="14" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B14" s="112"/>
+      <c r="C14" s="486"/>
+      <c r="D14" s="265"/>
+      <c r="E14" s="473"/>
+      <c r="F14" s="265"/>
+      <c r="G14" s="266" t="s">
+        <v>194</v>
+      </c>
+      <c r="H14" s="267"/>
+      <c r="I14" s="265"/>
+      <c r="J14" s="487"/>
+      <c r="K14" s="99"/>
+    </row>
+    <row r="15" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B15" s="112"/>
+      <c r="C15" s="486"/>
+      <c r="D15" s="470" t="s">
+        <v>205</v>
+      </c>
+      <c r="E15" s="473"/>
+      <c r="F15" s="265"/>
+      <c r="G15" s="266" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="267"/>
+      <c r="I15" s="265"/>
+      <c r="J15" s="487"/>
+      <c r="K15" s="99"/>
+    </row>
+    <row r="16" spans="2:20" ht="15.75" customHeight="1">
+      <c r="B16" s="112"/>
+      <c r="C16" s="486"/>
+      <c r="D16" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="267"/>
+      <c r="F16" s="265"/>
+      <c r="G16" s="471" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" s="472">
+        <f>SUM(H8:H15)</f>
         <v>0</v>
       </c>
-      <c r="I7" s="58"/>
-[...9 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="I16" s="265"/>
+      <c r="J16" s="487"/>
+      <c r="K16" s="99"/>
+    </row>
+    <row r="17" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B17" s="112"/>
+      <c r="C17" s="486"/>
+      <c r="D17" s="266" t="s">
+        <v>77</v>
+      </c>
+      <c r="E17" s="267"/>
+      <c r="F17" s="265"/>
+      <c r="G17" s="265"/>
+      <c r="H17" s="473"/>
+      <c r="I17" s="265"/>
+      <c r="J17" s="487"/>
+      <c r="K17" s="99"/>
+    </row>
+    <row r="18" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B18" s="112"/>
+      <c r="C18" s="486"/>
+      <c r="D18" s="266" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" s="267"/>
+      <c r="F18" s="265"/>
+      <c r="G18" s="265"/>
+      <c r="H18" s="473"/>
+      <c r="I18" s="265"/>
+      <c r="J18" s="487"/>
+      <c r="K18" s="99"/>
+    </row>
+    <row r="19" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B19" s="112"/>
+      <c r="C19" s="486"/>
+      <c r="D19" s="266" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="267"/>
+      <c r="F19" s="265"/>
+      <c r="G19" s="474" t="s">
+        <v>197</v>
+      </c>
+      <c r="H19" s="475"/>
+      <c r="I19" s="265"/>
+      <c r="J19" s="487"/>
+      <c r="K19" s="99"/>
+    </row>
+    <row r="20" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B20" s="112"/>
+      <c r="C20" s="486"/>
+      <c r="D20" s="471" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" s="472">
+        <f>SUM(E16:E19)</f>
         <v>0</v>
       </c>
-      <c r="G8" s="156">
-        <f>SUM(F8*Calculations!E12)</f>
+      <c r="F20" s="265"/>
+      <c r="G20" s="265"/>
+      <c r="H20" s="473"/>
+      <c r="I20" s="265"/>
+      <c r="J20" s="487"/>
+      <c r="K20" s="99"/>
+    </row>
+    <row r="21" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B21" s="112"/>
+      <c r="C21" s="486"/>
+      <c r="D21" s="265"/>
+      <c r="E21" s="473"/>
+      <c r="F21" s="265"/>
+      <c r="G21" s="474" t="s">
+        <v>198</v>
+      </c>
+      <c r="H21" s="476">
+        <f>SUM(H16*H19)</f>
         <v>0</v>
       </c>
-      <c r="I8" s="58"/>
-[...2426 lines deleted...]
-      <c r="E42" s="258" t="s">
+      <c r="I21" s="265"/>
+      <c r="J21" s="487"/>
+      <c r="K21" s="99"/>
+    </row>
+    <row r="22" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B22" s="112"/>
+      <c r="C22" s="486"/>
+      <c r="D22" s="474" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" s="477"/>
+      <c r="F22" s="265"/>
+      <c r="G22" s="265"/>
+      <c r="H22" s="265"/>
+      <c r="I22" s="265"/>
+      <c r="J22" s="487"/>
+      <c r="K22" s="99"/>
+    </row>
+    <row r="23" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B23" s="112"/>
+      <c r="C23" s="486"/>
+      <c r="D23" s="474"/>
+      <c r="E23" s="473"/>
+      <c r="F23" s="265"/>
+      <c r="G23" s="265"/>
+      <c r="H23" s="265"/>
+      <c r="I23" s="265"/>
+      <c r="J23" s="487"/>
+      <c r="K23" s="99"/>
+    </row>
+    <row r="24" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B24" s="112"/>
+      <c r="C24" s="486"/>
+      <c r="D24" s="478" t="s">
+        <v>203</v>
+      </c>
+      <c r="E24" s="476" t="e">
+        <f>SUM(E13+(E20/E22))</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="F24" s="265"/>
+      <c r="G24" s="470" t="s">
+        <v>207</v>
+      </c>
+      <c r="H24" s="265"/>
+      <c r="I24" s="265"/>
+      <c r="J24" s="487"/>
+      <c r="K24" s="99"/>
+    </row>
+    <row r="25" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B25" s="112"/>
+      <c r="C25" s="486"/>
+      <c r="D25" s="479"/>
+      <c r="E25" s="473"/>
+      <c r="F25" s="265"/>
+      <c r="G25" s="466" t="s">
+        <v>208</v>
+      </c>
+      <c r="H25" s="467"/>
+      <c r="I25" s="265"/>
+      <c r="J25" s="487"/>
+      <c r="K25" s="99"/>
+    </row>
+    <row r="26" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B26" s="112"/>
+      <c r="C26" s="486"/>
+      <c r="D26" s="265"/>
+      <c r="E26" s="473"/>
+      <c r="F26" s="265"/>
+      <c r="G26" s="466" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="467"/>
+      <c r="I26" s="265"/>
+      <c r="J26" s="487"/>
+      <c r="K26" s="99"/>
+    </row>
+    <row r="27" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B27" s="112"/>
+      <c r="C27" s="486"/>
+      <c r="D27" s="480" t="s">
         <v>199</v>
       </c>
-      <c r="F42" s="259"/>
-[...24 lines deleted...]
-      <c r="C44" s="200" t="s">
+      <c r="E27" s="494" t="e">
+        <f>SUM((E24+H21))*1.03</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="F27" s="265"/>
+      <c r="G27" s="466" t="s">
+        <v>209</v>
+      </c>
+      <c r="H27" s="467"/>
+      <c r="I27" s="265"/>
+      <c r="J27" s="487"/>
+      <c r="K27" s="99"/>
+    </row>
+    <row r="28" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B28" s="112"/>
+      <c r="C28" s="486"/>
+      <c r="D28" s="480"/>
+      <c r="E28" s="494"/>
+      <c r="F28" s="265"/>
+      <c r="G28" s="466" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28" s="467"/>
+      <c r="I28" s="265"/>
+      <c r="J28" s="487"/>
+      <c r="K28" s="99"/>
+    </row>
+    <row r="29" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B29" s="112"/>
+      <c r="C29" s="486"/>
+      <c r="D29" s="265"/>
+      <c r="E29" s="265"/>
+      <c r="F29" s="265"/>
+      <c r="G29" s="265"/>
+      <c r="H29" s="265"/>
+      <c r="I29" s="265"/>
+      <c r="J29" s="487"/>
+      <c r="K29" s="99"/>
+    </row>
+    <row r="30" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B30" s="112"/>
+      <c r="C30" s="486"/>
+      <c r="D30" s="481" t="s">
         <v>202</v>
       </c>
-      <c r="D44" s="165"/>
-[...2151 lines deleted...]
-    </row>
+      <c r="E30" s="265"/>
+      <c r="F30" s="265"/>
+      <c r="G30" s="265"/>
+      <c r="H30" s="265"/>
+      <c r="I30" s="265"/>
+      <c r="J30" s="487"/>
+      <c r="K30" s="99"/>
+    </row>
+    <row r="31" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B31" s="112"/>
+      <c r="C31" s="488"/>
+      <c r="D31" s="489"/>
+      <c r="E31" s="489"/>
+      <c r="F31" s="489"/>
+      <c r="G31" s="489"/>
+      <c r="H31" s="489"/>
+      <c r="I31" s="489"/>
+      <c r="J31" s="490"/>
+      <c r="K31" s="99"/>
+    </row>
+    <row r="32" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B32" s="113"/>
+      <c r="C32" s="493"/>
+      <c r="D32" s="493"/>
+      <c r="E32" s="493"/>
+      <c r="F32" s="493"/>
+      <c r="G32" s="493"/>
+      <c r="H32" s="493"/>
+      <c r="I32" s="493"/>
+      <c r="J32" s="493"/>
+      <c r="K32" s="115"/>
+    </row>
+    <row r="33" ht="15.75" customHeight="1"/>
+    <row r="34" ht="15.75" customHeight="1"/>
+    <row r="35" ht="15.75" customHeight="1"/>
+    <row r="36" ht="15.75" customHeight="1"/>
+    <row r="37" ht="15.75" customHeight="1"/>
+    <row r="38" ht="15.75" customHeight="1"/>
+    <row r="39" ht="15.75" customHeight="1"/>
+    <row r="40" ht="15.75" customHeight="1"/>
+    <row r="41" ht="15.75" customHeight="1"/>
+    <row r="42" ht="15.75" customHeight="1"/>
+    <row r="43" ht="15.75" customHeight="1"/>
     <row r="44" ht="15.75" customHeight="1"/>
     <row r="45" ht="15.75" customHeight="1"/>
     <row r="46" ht="15.75" customHeight="1"/>
     <row r="47" ht="15.75" customHeight="1"/>
     <row r="48" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
     <row r="57" ht="15.75" customHeight="1"/>
     <row r="58" ht="15.75" customHeight="1"/>
     <row r="59" ht="15.75" customHeight="1"/>
     <row r="60" ht="15.75" customHeight="1"/>
     <row r="61" ht="15.75" customHeight="1"/>
     <row r="62" ht="15.75" customHeight="1"/>
     <row r="63" ht="15.75" customHeight="1"/>
     <row r="64" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
     <row r="66" ht="15.75" customHeight="1"/>
     <row r="67" ht="15.75" customHeight="1"/>
     <row r="68" ht="15.75" customHeight="1"/>
@@ -27460,3808 +15607,3968 @@
     <row r="842" ht="15.75" customHeight="1"/>
     <row r="843" ht="15.75" customHeight="1"/>
     <row r="844" ht="15.75" customHeight="1"/>
     <row r="845" ht="15.75" customHeight="1"/>
     <row r="846" ht="15.75" customHeight="1"/>
     <row r="847" ht="15.75" customHeight="1"/>
     <row r="848" ht="15.75" customHeight="1"/>
     <row r="849" ht="15.75" customHeight="1"/>
     <row r="850" ht="15.75" customHeight="1"/>
     <row r="851" ht="15.75" customHeight="1"/>
     <row r="852" ht="15.75" customHeight="1"/>
     <row r="853" ht="15.75" customHeight="1"/>
     <row r="854" ht="15.75" customHeight="1"/>
     <row r="855" ht="15.75" customHeight="1"/>
     <row r="856" ht="15.75" customHeight="1"/>
     <row r="857" ht="15.75" customHeight="1"/>
     <row r="858" ht="15.75" customHeight="1"/>
     <row r="859" ht="15.75" customHeight="1"/>
     <row r="860" ht="15.75" customHeight="1"/>
     <row r="861" ht="15.75" customHeight="1"/>
     <row r="862" ht="15.75" customHeight="1"/>
     <row r="863" ht="15.75" customHeight="1"/>
     <row r="864" ht="15.75" customHeight="1"/>
     <row r="865" ht="15.75" customHeight="1"/>
     <row r="866" ht="15.75" customHeight="1"/>
-    <row r="867" ht="15.75" customHeight="1"/>
-[...132 lines deleted...]
-    <row r="1000" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="40">
-[...39 lines deleted...]
-    <mergeCell ref="K31:Q31"/>
+  <mergeCells count="5">
+    <mergeCell ref="C4:J4"/>
+    <mergeCell ref="D24:D25"/>
+    <mergeCell ref="D27:D28"/>
+    <mergeCell ref="E27:E28"/>
+    <mergeCell ref="C3:J3"/>
   </mergeCells>
-  <dataValidations>
-[...1 lines deleted...]
-      <formula1>Calculations!$D$68:$D$71</formula1>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E12" xr:uid="{E3D55743-2FAC-481C-94DC-DC5EA90FE712}">
+      <formula1>"60,80"</formula1>
     </dataValidation>
   </dataValidations>
-  <printOptions/>
-[...2 lines deleted...]
-  <drawing r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="E24" evalError="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-  </sheetPr>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:Z1000"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23:I36"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="3.38"/>
-[...8 lines deleted...]
-    <col customWidth="1" min="14" max="26" width="8.63"/>
+    <col min="1" max="1" width="2.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" customWidth="1"/>
+    <col min="3" max="3" width="8.5703125" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" customWidth="1"/>
+    <col min="5" max="5" width="8.5703125" customWidth="1"/>
+    <col min="6" max="6" width="11.28515625" customWidth="1"/>
+    <col min="7" max="7" width="8.5703125" customWidth="1"/>
+    <col min="8" max="8" width="11.28515625" customWidth="1"/>
+    <col min="9" max="9" width="8.5703125" customWidth="1"/>
+    <col min="10" max="11" width="2.7109375" customWidth="1"/>
+    <col min="12" max="12" width="3" customWidth="1"/>
+    <col min="13" max="13" width="69.28515625" customWidth="1"/>
+    <col min="14" max="14" width="17.28515625" customWidth="1"/>
+    <col min="15" max="15" width="4" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" customWidth="1"/>
+    <col min="17" max="26" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2">
-[...117 lines deleted...]
-        <f t="shared" ref="H8:H27" si="1">SUM(F8*G8)</f>
+    <row r="1" spans="1:26" ht="28.5" customHeight="1">
+      <c r="A1" s="455" t="s">
         <v>0</v>
       </c>
-      <c r="I8" s="276"/>
-[...14 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B1" s="456"/>
+      <c r="C1" s="456"/>
+      <c r="D1" s="456"/>
+      <c r="E1" s="456"/>
+      <c r="F1" s="456"/>
+      <c r="G1" s="456"/>
+      <c r="H1" s="456"/>
+      <c r="I1" s="456"/>
+      <c r="J1" s="456"/>
+      <c r="K1" s="456"/>
+      <c r="L1" s="456"/>
+      <c r="M1" s="456"/>
+      <c r="N1" s="456"/>
+      <c r="O1" s="457"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="1"/>
+      <c r="S1" s="1"/>
+      <c r="T1" s="1"/>
+      <c r="U1" s="1"/>
+      <c r="V1" s="1"/>
+      <c r="W1" s="1"/>
+      <c r="X1" s="1"/>
+      <c r="Y1" s="1"/>
+      <c r="Z1" s="1"/>
+    </row>
+    <row r="2" spans="1:26">
+      <c r="N2" s="2"/>
+    </row>
+    <row r="3" spans="1:26" ht="30" customHeight="1">
+      <c r="A3" s="458" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" s="459"/>
+      <c r="C3" s="459"/>
+      <c r="D3" s="459"/>
+      <c r="E3" s="459"/>
+      <c r="F3" s="459"/>
+      <c r="G3" s="459"/>
+      <c r="H3" s="459"/>
+      <c r="I3" s="459"/>
+      <c r="J3" s="460"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="461" t="s">
+        <v>1</v>
+      </c>
+      <c r="N3" s="456"/>
+      <c r="O3" s="457"/>
+    </row>
+    <row r="4" spans="1:26" ht="8.25" customHeight="1">
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="M4" s="462" t="s">
+        <v>2</v>
+      </c>
+      <c r="N4" s="436"/>
+      <c r="O4" s="436"/>
+    </row>
+    <row r="5" spans="1:26" ht="12" customHeight="1">
+      <c r="A5" s="6"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="8"/>
+      <c r="G5" s="8"/>
+      <c r="H5" s="8"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="9"/>
+      <c r="M5" s="436"/>
+      <c r="N5" s="436"/>
+      <c r="O5" s="436"/>
+    </row>
+    <row r="6" spans="1:26" ht="12" customHeight="1">
+      <c r="A6" s="10"/>
+      <c r="B6" s="11"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="14"/>
+      <c r="N6" s="15"/>
+      <c r="O6" s="16"/>
+    </row>
+    <row r="7" spans="1:26" ht="15.75">
+      <c r="A7" s="10"/>
+      <c r="B7" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="18"/>
+      <c r="D7" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="I7" s="20"/>
+      <c r="J7" s="14"/>
+      <c r="L7" s="6"/>
+      <c r="M7" s="8"/>
+      <c r="N7" s="21"/>
+      <c r="O7" s="9"/>
+    </row>
+    <row r="8" spans="1:26" ht="15" customHeight="1">
+      <c r="A8" s="10"/>
+      <c r="B8" s="440" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="436"/>
+      <c r="D8" s="436"/>
+      <c r="E8" s="436"/>
+      <c r="F8" s="436"/>
+      <c r="G8" s="436"/>
+      <c r="H8" s="436"/>
+      <c r="I8" s="437"/>
+      <c r="J8" s="14"/>
+      <c r="L8" s="10"/>
+      <c r="M8" s="463" t="s">
+        <v>6</v>
+      </c>
+      <c r="N8" s="464"/>
+      <c r="O8" s="14"/>
+    </row>
+    <row r="9" spans="1:26" ht="16.5" customHeight="1">
+      <c r="A9" s="22"/>
+      <c r="B9" s="441"/>
+      <c r="C9" s="442"/>
+      <c r="D9" s="442"/>
+      <c r="E9" s="442"/>
+      <c r="F9" s="442"/>
+      <c r="G9" s="442"/>
+      <c r="H9" s="442"/>
+      <c r="I9" s="443"/>
+      <c r="J9" s="23"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="22"/>
+      <c r="M9" s="445"/>
+      <c r="N9" s="437"/>
+      <c r="O9" s="14"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="24"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="10"/>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="25"/>
+      <c r="G10" s="25"/>
+      <c r="H10" s="25"/>
+      <c r="I10" s="25"/>
+      <c r="J10" s="14"/>
+      <c r="L10" s="10"/>
+      <c r="M10" s="433" t="s">
+        <v>7</v>
+      </c>
+      <c r="N10" s="434"/>
+      <c r="O10" s="14"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="10"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="14"/>
+      <c r="L11" s="10"/>
+      <c r="M11" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="N11" s="27" t="e">
+        <f>SUM(#REF!*Calculations!E22)+#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O11" s="14"/>
+    </row>
+    <row r="12" spans="1:26" ht="15.75">
+      <c r="A12" s="10"/>
+      <c r="B12" s="439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="436"/>
+      <c r="D12" s="437"/>
+      <c r="E12" s="28"/>
+      <c r="I12" s="20"/>
+      <c r="J12" s="14"/>
+      <c r="L12" s="10"/>
+      <c r="M12" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="N12" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O12" s="14"/>
+    </row>
+    <row r="13" spans="1:26" ht="15" customHeight="1">
+      <c r="A13" s="10"/>
+      <c r="B13" s="440" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="436"/>
+      <c r="D13" s="436"/>
+      <c r="E13" s="436"/>
+      <c r="F13" s="436"/>
+      <c r="G13" s="436"/>
+      <c r="H13" s="436"/>
+      <c r="I13" s="437"/>
+      <c r="J13" s="14"/>
+      <c r="L13" s="10"/>
+      <c r="M13" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="N13" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O13" s="14"/>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="10"/>
+      <c r="B14" s="441"/>
+      <c r="C14" s="442"/>
+      <c r="D14" s="442"/>
+      <c r="E14" s="442"/>
+      <c r="F14" s="442"/>
+      <c r="G14" s="442"/>
+      <c r="H14" s="442"/>
+      <c r="I14" s="443"/>
+      <c r="J14" s="14"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="N14" s="27" t="e">
+        <f>SUM(#REF!*Calculations!E22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O14" s="14"/>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="10"/>
+      <c r="B15" s="29"/>
+      <c r="C15" s="29"/>
+      <c r="D15" s="29"/>
+      <c r="E15" s="29"/>
+      <c r="F15" s="29"/>
+      <c r="G15" s="29"/>
+      <c r="H15" s="29"/>
+      <c r="I15" s="29"/>
+      <c r="J15" s="14"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="N15" s="27">
+        <f>SUMIF(H28, "Yes",D32)*E22</f>
         <v>0</v>
       </c>
-      <c r="I9" s="276"/>
-[...14 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="O15" s="14"/>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="10"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="14"/>
+      <c r="L16" s="10"/>
+      <c r="M16" s="26" t="s">
+        <v>15</v>
+      </c>
+      <c r="N16" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O16" s="14"/>
+    </row>
+    <row r="17" spans="1:15" ht="15.75">
+      <c r="A17" s="10"/>
+      <c r="B17" s="439" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="436"/>
+      <c r="D17" s="437"/>
+      <c r="E17" s="28"/>
+      <c r="I17" s="20"/>
+      <c r="J17" s="14"/>
+      <c r="L17" s="10"/>
+      <c r="M17" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="N17" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O17" s="14"/>
+    </row>
+    <row r="18" spans="1:15" ht="15" customHeight="1">
+      <c r="A18" s="10"/>
+      <c r="B18" s="440" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="436"/>
+      <c r="D18" s="436"/>
+      <c r="E18" s="436"/>
+      <c r="F18" s="436"/>
+      <c r="G18" s="436"/>
+      <c r="H18" s="436"/>
+      <c r="I18" s="437"/>
+      <c r="J18" s="14"/>
+      <c r="L18" s="10"/>
+      <c r="M18" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O18" s="14"/>
+    </row>
+    <row r="19" spans="1:15">
+      <c r="A19" s="10"/>
+      <c r="B19" s="441"/>
+      <c r="C19" s="442"/>
+      <c r="D19" s="442"/>
+      <c r="E19" s="442"/>
+      <c r="F19" s="442"/>
+      <c r="G19" s="442"/>
+      <c r="H19" s="442"/>
+      <c r="I19" s="443"/>
+      <c r="J19" s="14"/>
+      <c r="L19" s="10"/>
+      <c r="M19" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" s="27" t="e">
+        <f>#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O19" s="14"/>
+    </row>
+    <row r="20" spans="1:15">
+      <c r="A20" s="10"/>
+      <c r="B20" s="25"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="25"/>
+      <c r="I20" s="25"/>
+      <c r="J20" s="14"/>
+      <c r="L20" s="10"/>
+      <c r="M20" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="N20" s="27" t="e">
+        <f>SUM(#REF!+#REF!+#REF!)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O20" s="14"/>
+    </row>
+    <row r="21" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A21" s="10"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="14"/>
+      <c r="L21" s="10"/>
+      <c r="M21" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="N21" s="27">
+        <f>SUM(65*E12)</f>
         <v>0</v>
       </c>
-      <c r="I10" s="276"/>
-[...14 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="O21" s="14"/>
+    </row>
+    <row r="22" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A22" s="10"/>
+      <c r="B22" s="444" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="436"/>
+      <c r="D22" s="437"/>
+      <c r="E22" s="28"/>
+      <c r="I22" s="20"/>
+      <c r="J22" s="14"/>
+      <c r="L22" s="10"/>
+      <c r="M22" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="N22" s="27">
+        <f>SUM(E39*E22)</f>
         <v>0</v>
       </c>
-      <c r="I11" s="276"/>
-[...1652 lines deleted...]
-    <row r="1000" ht="15.75" customHeight="1"/>
+      <c r="O22" s="14"/>
+    </row>
+    <row r="23" spans="1:15" ht="15" customHeight="1">
+      <c r="A23" s="10"/>
+      <c r="B23" s="440" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="436"/>
+      <c r="D23" s="436"/>
+      <c r="E23" s="436"/>
+      <c r="F23" s="436"/>
+      <c r="G23" s="436"/>
+      <c r="H23" s="436"/>
+      <c r="I23" s="437"/>
+      <c r="J23" s="14"/>
+      <c r="L23" s="10"/>
+      <c r="M23" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" s="27" t="e">
+        <f>SUM(N11:N22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O23" s="14"/>
+    </row>
+    <row r="24" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A24" s="10"/>
+      <c r="B24" s="445"/>
+      <c r="C24" s="436"/>
+      <c r="D24" s="436"/>
+      <c r="E24" s="436"/>
+      <c r="F24" s="436"/>
+      <c r="G24" s="436"/>
+      <c r="H24" s="436"/>
+      <c r="I24" s="437"/>
+      <c r="J24" s="14"/>
+      <c r="L24" s="10"/>
+      <c r="M24" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="N24" s="27" t="e">
+        <f>SUM(N23/E22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O24" s="14"/>
+    </row>
+    <row r="25" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A25" s="10"/>
+      <c r="B25" s="445"/>
+      <c r="C25" s="436"/>
+      <c r="D25" s="436"/>
+      <c r="E25" s="436"/>
+      <c r="F25" s="436"/>
+      <c r="G25" s="436"/>
+      <c r="H25" s="436"/>
+      <c r="I25" s="437"/>
+      <c r="J25" s="14"/>
+      <c r="L25" s="10"/>
+      <c r="M25" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="N25" s="27" t="e">
+        <f>SUM(N24)*1.03</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O25" s="14"/>
+    </row>
+    <row r="26" spans="1:15" ht="28.5" customHeight="1">
+      <c r="A26" s="10"/>
+      <c r="B26" s="445"/>
+      <c r="C26" s="436"/>
+      <c r="D26" s="436"/>
+      <c r="E26" s="436"/>
+      <c r="F26" s="436"/>
+      <c r="G26" s="436"/>
+      <c r="H26" s="436"/>
+      <c r="I26" s="437"/>
+      <c r="J26" s="14"/>
+      <c r="L26" s="10"/>
+      <c r="M26" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="N26" s="33" t="e">
+        <f>ROUNDUP(N25, 0)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O26" s="14"/>
+    </row>
+    <row r="27" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A27" s="10"/>
+      <c r="B27" s="445"/>
+      <c r="C27" s="436"/>
+      <c r="D27" s="436"/>
+      <c r="E27" s="436"/>
+      <c r="F27" s="436"/>
+      <c r="G27" s="436"/>
+      <c r="H27" s="436"/>
+      <c r="I27" s="437"/>
+      <c r="J27" s="14"/>
+      <c r="L27" s="34"/>
+      <c r="M27" s="35"/>
+      <c r="N27" s="36"/>
+      <c r="O27" s="37"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A28" s="10"/>
+      <c r="B28" s="445"/>
+      <c r="C28" s="436"/>
+      <c r="D28" s="436"/>
+      <c r="E28" s="436"/>
+      <c r="F28" s="436"/>
+      <c r="G28" s="436"/>
+      <c r="H28" s="436"/>
+      <c r="I28" s="437"/>
+      <c r="J28" s="14"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+    </row>
+    <row r="29" spans="1:15" ht="15" customHeight="1">
+      <c r="A29" s="10"/>
+      <c r="B29" s="445"/>
+      <c r="C29" s="436"/>
+      <c r="D29" s="436"/>
+      <c r="E29" s="436"/>
+      <c r="F29" s="436"/>
+      <c r="G29" s="436"/>
+      <c r="H29" s="436"/>
+      <c r="I29" s="437"/>
+      <c r="J29" s="14"/>
+      <c r="L29" s="446" t="s">
+        <v>30</v>
+      </c>
+      <c r="M29" s="447"/>
+      <c r="N29" s="447"/>
+      <c r="O29" s="448"/>
+    </row>
+    <row r="30" spans="1:15" ht="15" customHeight="1">
+      <c r="A30" s="10"/>
+      <c r="B30" s="445"/>
+      <c r="C30" s="436"/>
+      <c r="D30" s="436"/>
+      <c r="E30" s="436"/>
+      <c r="F30" s="436"/>
+      <c r="G30" s="436"/>
+      <c r="H30" s="436"/>
+      <c r="I30" s="437"/>
+      <c r="J30" s="14"/>
+      <c r="L30" s="449"/>
+      <c r="M30" s="436"/>
+      <c r="N30" s="436"/>
+      <c r="O30" s="450"/>
+    </row>
+    <row r="31" spans="1:15" ht="24" customHeight="1">
+      <c r="A31" s="10"/>
+      <c r="B31" s="445"/>
+      <c r="C31" s="436"/>
+      <c r="D31" s="436"/>
+      <c r="E31" s="436"/>
+      <c r="F31" s="436"/>
+      <c r="G31" s="436"/>
+      <c r="H31" s="436"/>
+      <c r="I31" s="437"/>
+      <c r="J31" s="14"/>
+      <c r="L31" s="449"/>
+      <c r="M31" s="436"/>
+      <c r="N31" s="436"/>
+      <c r="O31" s="450"/>
+    </row>
+    <row r="32" spans="1:15" ht="15" customHeight="1">
+      <c r="A32" s="10"/>
+      <c r="B32" s="445"/>
+      <c r="C32" s="436"/>
+      <c r="D32" s="436"/>
+      <c r="E32" s="436"/>
+      <c r="F32" s="436"/>
+      <c r="G32" s="436"/>
+      <c r="H32" s="436"/>
+      <c r="I32" s="437"/>
+      <c r="J32" s="14"/>
+      <c r="L32" s="449"/>
+      <c r="M32" s="436"/>
+      <c r="N32" s="436"/>
+      <c r="O32" s="450"/>
+    </row>
+    <row r="33" spans="1:15" ht="15" customHeight="1">
+      <c r="A33" s="10"/>
+      <c r="B33" s="445"/>
+      <c r="C33" s="436"/>
+      <c r="D33" s="436"/>
+      <c r="E33" s="436"/>
+      <c r="F33" s="436"/>
+      <c r="G33" s="436"/>
+      <c r="H33" s="436"/>
+      <c r="I33" s="437"/>
+      <c r="J33" s="14"/>
+      <c r="L33" s="449"/>
+      <c r="M33" s="436"/>
+      <c r="N33" s="436"/>
+      <c r="O33" s="450"/>
+    </row>
+    <row r="34" spans="1:15" ht="15" customHeight="1">
+      <c r="A34" s="10"/>
+      <c r="B34" s="445"/>
+      <c r="C34" s="436"/>
+      <c r="D34" s="436"/>
+      <c r="E34" s="436"/>
+      <c r="F34" s="436"/>
+      <c r="G34" s="436"/>
+      <c r="H34" s="436"/>
+      <c r="I34" s="437"/>
+      <c r="J34" s="14"/>
+      <c r="L34" s="449"/>
+      <c r="M34" s="436"/>
+      <c r="N34" s="436"/>
+      <c r="O34" s="450"/>
+    </row>
+    <row r="35" spans="1:15" ht="15" customHeight="1">
+      <c r="A35" s="10"/>
+      <c r="B35" s="445"/>
+      <c r="C35" s="436"/>
+      <c r="D35" s="436"/>
+      <c r="E35" s="436"/>
+      <c r="F35" s="436"/>
+      <c r="G35" s="436"/>
+      <c r="H35" s="436"/>
+      <c r="I35" s="437"/>
+      <c r="J35" s="14"/>
+      <c r="L35" s="449"/>
+      <c r="M35" s="436"/>
+      <c r="N35" s="436"/>
+      <c r="O35" s="450"/>
+    </row>
+    <row r="36" spans="1:15" ht="15" customHeight="1">
+      <c r="A36" s="10"/>
+      <c r="B36" s="445"/>
+      <c r="C36" s="436"/>
+      <c r="D36" s="436"/>
+      <c r="E36" s="436"/>
+      <c r="F36" s="436"/>
+      <c r="G36" s="436"/>
+      <c r="H36" s="436"/>
+      <c r="I36" s="437"/>
+      <c r="J36" s="14"/>
+      <c r="L36" s="449"/>
+      <c r="M36" s="436"/>
+      <c r="N36" s="436"/>
+      <c r="O36" s="450"/>
+    </row>
+    <row r="37" spans="1:15" ht="15" customHeight="1">
+      <c r="A37" s="10"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="38"/>
+      <c r="J37" s="14"/>
+      <c r="L37" s="449"/>
+      <c r="M37" s="436"/>
+      <c r="N37" s="436"/>
+      <c r="O37" s="450"/>
+    </row>
+    <row r="38" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A38" s="10"/>
+      <c r="F38" s="39"/>
+      <c r="G38" s="39"/>
+      <c r="H38" s="39"/>
+      <c r="I38" s="40"/>
+      <c r="J38" s="14"/>
+      <c r="L38" s="449"/>
+      <c r="M38" s="436"/>
+      <c r="N38" s="436"/>
+      <c r="O38" s="450"/>
+    </row>
+    <row r="39" spans="1:15" ht="16.5" customHeight="1">
+      <c r="A39" s="10"/>
+      <c r="B39" s="435" t="s">
+        <v>31</v>
+      </c>
+      <c r="C39" s="436"/>
+      <c r="D39" s="437"/>
+      <c r="E39" s="41"/>
+      <c r="F39" s="438" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39" s="436"/>
+      <c r="H39" s="436"/>
+      <c r="I39" s="40"/>
+      <c r="J39" s="14"/>
+      <c r="L39" s="449"/>
+      <c r="M39" s="436"/>
+      <c r="N39" s="436"/>
+      <c r="O39" s="450"/>
+    </row>
+    <row r="40" spans="1:15" ht="110.25" customHeight="1">
+      <c r="A40" s="10"/>
+      <c r="B40" s="454" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="436"/>
+      <c r="D40" s="436"/>
+      <c r="E40" s="436"/>
+      <c r="F40" s="436"/>
+      <c r="G40" s="436"/>
+      <c r="H40" s="436"/>
+      <c r="I40" s="437"/>
+      <c r="J40" s="14"/>
+      <c r="L40" s="451"/>
+      <c r="M40" s="452"/>
+      <c r="N40" s="452"/>
+      <c r="O40" s="453"/>
+    </row>
+    <row r="41" spans="1:15" ht="15.75" customHeight="1">
+      <c r="A41" s="10"/>
+      <c r="B41" s="42"/>
+      <c r="C41" s="43"/>
+      <c r="D41" s="43"/>
+      <c r="E41" s="43"/>
+      <c r="F41" s="43"/>
+      <c r="G41" s="43"/>
+      <c r="H41" s="43"/>
+      <c r="I41" s="44"/>
+      <c r="J41" s="14"/>
+      <c r="N41" s="2"/>
+    </row>
+    <row r="42" spans="1:15" ht="10.5" customHeight="1">
+      <c r="A42" s="34"/>
+      <c r="B42" s="45"/>
+      <c r="C42" s="45"/>
+      <c r="D42" s="45"/>
+      <c r="E42" s="45"/>
+      <c r="F42" s="45"/>
+      <c r="G42" s="45"/>
+      <c r="H42" s="45"/>
+      <c r="I42" s="35"/>
+      <c r="J42" s="37"/>
+      <c r="N42" s="2"/>
+    </row>
+    <row r="43" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="N43" s="2"/>
+    </row>
+    <row r="44" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="46"/>
+      <c r="N44" s="2"/>
+    </row>
+    <row r="45" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="N45" s="2"/>
+    </row>
+    <row r="46" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="N46" s="2"/>
+    </row>
+    <row r="47" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="N47" s="2"/>
+    </row>
+    <row r="48" spans="1:15" ht="15.75" customHeight="1">
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="N48" s="2"/>
+    </row>
+    <row r="49" spans="2:14" ht="15.75" customHeight="1">
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="N49" s="2"/>
+    </row>
+    <row r="50" spans="2:14" ht="15.75" customHeight="1">
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="N50" s="2"/>
+    </row>
+    <row r="51" spans="2:14" ht="15.75" customHeight="1">
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="N51" s="2"/>
+    </row>
+    <row r="52" spans="2:14" ht="15.75" customHeight="1">
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="N52" s="2"/>
+    </row>
+    <row r="53" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N53" s="2"/>
+    </row>
+    <row r="54" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N54" s="2"/>
+    </row>
+    <row r="55" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N55" s="2"/>
+    </row>
+    <row r="56" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N56" s="2"/>
+    </row>
+    <row r="57" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N57" s="2"/>
+    </row>
+    <row r="58" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N58" s="2"/>
+    </row>
+    <row r="59" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N59" s="2"/>
+    </row>
+    <row r="60" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N60" s="2"/>
+    </row>
+    <row r="61" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N61" s="2"/>
+    </row>
+    <row r="62" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N62" s="2"/>
+    </row>
+    <row r="63" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N63" s="2"/>
+    </row>
+    <row r="64" spans="2:14" ht="15.75" customHeight="1">
+      <c r="N64" s="2"/>
+    </row>
+    <row r="65" spans="2:16" ht="15.75" customHeight="1">
+      <c r="N65" s="2"/>
+    </row>
+    <row r="66" spans="2:16" ht="15.75" customHeight="1">
+      <c r="N66" s="2"/>
+    </row>
+    <row r="67" spans="2:16" ht="15.75" customHeight="1">
+      <c r="B67" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F67" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H67" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="M67" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="N67" s="2"/>
+      <c r="P67" s="47" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="68" spans="2:16" ht="15.75" customHeight="1">
+      <c r="B68" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D68" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="F68" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="H68" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="M68" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="N68" s="2"/>
+      <c r="P68" s="47">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="2:16" ht="15.75" customHeight="1">
+      <c r="B69" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="F69" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H69" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="M69" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="N69" s="2"/>
+      <c r="P69" s="47">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="70" spans="2:16" ht="15.75" customHeight="1">
+      <c r="D70" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H70" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="M70" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="N70" s="2"/>
+      <c r="P70" s="47">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="71" spans="2:16" ht="15.75" customHeight="1">
+      <c r="D71" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="H71" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="M71" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="N71" s="2"/>
+    </row>
+    <row r="72" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H72" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="M72" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="N72" s="2"/>
+      <c r="P72" s="47"/>
+    </row>
+    <row r="73" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H73" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="M73" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="N73" s="2"/>
+      <c r="P73" s="47"/>
+    </row>
+    <row r="74" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H74" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="M74" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="N74" s="2"/>
+      <c r="P74" s="47"/>
+    </row>
+    <row r="75" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H75" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="M75" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="N75" s="2"/>
+      <c r="P75" s="47"/>
+    </row>
+    <row r="76" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H76" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="M76" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="N76" s="2"/>
+      <c r="P76" s="47"/>
+    </row>
+    <row r="77" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H77" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="M77" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="N77" s="2"/>
+    </row>
+    <row r="78" spans="2:16" ht="15.75" customHeight="1">
+      <c r="H78" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="M78" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="N78" s="2"/>
+    </row>
+    <row r="79" spans="2:16" ht="15.75" customHeight="1">
+      <c r="N79" s="2"/>
+    </row>
+    <row r="80" spans="2:16" ht="15.75" customHeight="1">
+      <c r="N80" s="2"/>
+    </row>
+    <row r="81" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N81" s="2"/>
+    </row>
+    <row r="82" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N82" s="2"/>
+    </row>
+    <row r="83" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N83" s="2"/>
+    </row>
+    <row r="84" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N84" s="2"/>
+    </row>
+    <row r="85" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N85" s="2"/>
+    </row>
+    <row r="86" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N86" s="2"/>
+    </row>
+    <row r="87" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N87" s="2"/>
+    </row>
+    <row r="88" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N88" s="2"/>
+    </row>
+    <row r="89" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N89" s="2"/>
+    </row>
+    <row r="90" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N90" s="2"/>
+    </row>
+    <row r="91" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N91" s="2"/>
+    </row>
+    <row r="92" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N92" s="2"/>
+    </row>
+    <row r="93" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N93" s="2"/>
+    </row>
+    <row r="94" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N94" s="2"/>
+    </row>
+    <row r="95" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N95" s="2"/>
+    </row>
+    <row r="96" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N96" s="2"/>
+    </row>
+    <row r="97" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N97" s="2"/>
+    </row>
+    <row r="98" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N98" s="2"/>
+    </row>
+    <row r="99" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N99" s="2"/>
+    </row>
+    <row r="100" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N100" s="2"/>
+    </row>
+    <row r="101" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N101" s="2"/>
+    </row>
+    <row r="102" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N102" s="2"/>
+    </row>
+    <row r="103" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N103" s="2"/>
+    </row>
+    <row r="104" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N104" s="2"/>
+    </row>
+    <row r="105" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N105" s="2"/>
+    </row>
+    <row r="106" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N106" s="2"/>
+    </row>
+    <row r="107" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N107" s="2"/>
+    </row>
+    <row r="108" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N108" s="2"/>
+    </row>
+    <row r="109" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N109" s="2"/>
+    </row>
+    <row r="110" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N110" s="2"/>
+    </row>
+    <row r="111" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N111" s="2"/>
+    </row>
+    <row r="112" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N112" s="2"/>
+    </row>
+    <row r="113" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N113" s="2"/>
+    </row>
+    <row r="114" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N114" s="2"/>
+    </row>
+    <row r="115" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N115" s="2"/>
+    </row>
+    <row r="116" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N116" s="2"/>
+    </row>
+    <row r="117" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N117" s="2"/>
+    </row>
+    <row r="118" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N118" s="2"/>
+    </row>
+    <row r="119" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N119" s="2"/>
+    </row>
+    <row r="120" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N120" s="2"/>
+    </row>
+    <row r="121" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N121" s="2"/>
+    </row>
+    <row r="122" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N122" s="2"/>
+    </row>
+    <row r="123" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N123" s="2"/>
+    </row>
+    <row r="124" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N124" s="2"/>
+    </row>
+    <row r="125" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N125" s="2"/>
+    </row>
+    <row r="126" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N126" s="2"/>
+    </row>
+    <row r="127" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N127" s="2"/>
+    </row>
+    <row r="128" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N128" s="2"/>
+    </row>
+    <row r="129" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N129" s="2"/>
+    </row>
+    <row r="130" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N130" s="2"/>
+    </row>
+    <row r="131" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N131" s="2"/>
+    </row>
+    <row r="132" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N132" s="2"/>
+    </row>
+    <row r="133" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N133" s="2"/>
+    </row>
+    <row r="134" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N134" s="2"/>
+    </row>
+    <row r="135" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N135" s="2"/>
+    </row>
+    <row r="136" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N136" s="2"/>
+    </row>
+    <row r="137" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N137" s="2"/>
+    </row>
+    <row r="138" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N138" s="2"/>
+    </row>
+    <row r="139" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N139" s="2"/>
+    </row>
+    <row r="140" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N140" s="2"/>
+    </row>
+    <row r="141" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N141" s="2"/>
+    </row>
+    <row r="142" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N142" s="2"/>
+    </row>
+    <row r="143" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N143" s="2"/>
+    </row>
+    <row r="144" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N144" s="2"/>
+    </row>
+    <row r="145" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N145" s="2"/>
+    </row>
+    <row r="146" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N146" s="2"/>
+    </row>
+    <row r="147" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N147" s="2"/>
+    </row>
+    <row r="148" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N148" s="2"/>
+    </row>
+    <row r="149" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N149" s="2"/>
+    </row>
+    <row r="150" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N150" s="2"/>
+    </row>
+    <row r="151" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N151" s="2"/>
+    </row>
+    <row r="152" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N152" s="2"/>
+    </row>
+    <row r="153" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N153" s="2"/>
+    </row>
+    <row r="154" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N154" s="2"/>
+    </row>
+    <row r="155" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N155" s="2"/>
+    </row>
+    <row r="156" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N156" s="2"/>
+    </row>
+    <row r="157" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N157" s="2"/>
+    </row>
+    <row r="158" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N158" s="2"/>
+    </row>
+    <row r="159" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N159" s="2"/>
+    </row>
+    <row r="160" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N160" s="2"/>
+    </row>
+    <row r="161" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N161" s="2"/>
+    </row>
+    <row r="162" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N162" s="2"/>
+    </row>
+    <row r="163" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N163" s="2"/>
+    </row>
+    <row r="164" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N164" s="2"/>
+    </row>
+    <row r="165" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N165" s="2"/>
+    </row>
+    <row r="166" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N166" s="2"/>
+    </row>
+    <row r="167" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N167" s="2"/>
+    </row>
+    <row r="168" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N168" s="2"/>
+    </row>
+    <row r="169" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N169" s="2"/>
+    </row>
+    <row r="170" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N170" s="2"/>
+    </row>
+    <row r="171" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N171" s="2"/>
+    </row>
+    <row r="172" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N172" s="2"/>
+    </row>
+    <row r="173" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N173" s="2"/>
+    </row>
+    <row r="174" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N174" s="2"/>
+    </row>
+    <row r="175" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N175" s="2"/>
+    </row>
+    <row r="176" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N176" s="2"/>
+    </row>
+    <row r="177" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N177" s="2"/>
+    </row>
+    <row r="178" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N178" s="2"/>
+    </row>
+    <row r="179" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N179" s="2"/>
+    </row>
+    <row r="180" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N180" s="2"/>
+    </row>
+    <row r="181" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N181" s="2"/>
+    </row>
+    <row r="182" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N182" s="2"/>
+    </row>
+    <row r="183" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N183" s="2"/>
+    </row>
+    <row r="184" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N184" s="2"/>
+    </row>
+    <row r="185" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N185" s="2"/>
+    </row>
+    <row r="186" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N186" s="2"/>
+    </row>
+    <row r="187" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N187" s="2"/>
+    </row>
+    <row r="188" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N188" s="2"/>
+    </row>
+    <row r="189" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N189" s="2"/>
+    </row>
+    <row r="190" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N190" s="2"/>
+    </row>
+    <row r="191" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N191" s="2"/>
+    </row>
+    <row r="192" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N192" s="2"/>
+    </row>
+    <row r="193" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N193" s="2"/>
+    </row>
+    <row r="194" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N194" s="2"/>
+    </row>
+    <row r="195" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N195" s="2"/>
+    </row>
+    <row r="196" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N196" s="2"/>
+    </row>
+    <row r="197" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N197" s="2"/>
+    </row>
+    <row r="198" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N198" s="2"/>
+    </row>
+    <row r="199" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N199" s="2"/>
+    </row>
+    <row r="200" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N200" s="2"/>
+    </row>
+    <row r="201" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N201" s="2"/>
+    </row>
+    <row r="202" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N202" s="2"/>
+    </row>
+    <row r="203" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N203" s="2"/>
+    </row>
+    <row r="204" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N204" s="2"/>
+    </row>
+    <row r="205" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N205" s="2"/>
+    </row>
+    <row r="206" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N206" s="2"/>
+    </row>
+    <row r="207" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N207" s="2"/>
+    </row>
+    <row r="208" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N208" s="2"/>
+    </row>
+    <row r="209" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N209" s="2"/>
+    </row>
+    <row r="210" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N210" s="2"/>
+    </row>
+    <row r="211" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N211" s="2"/>
+    </row>
+    <row r="212" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N212" s="2"/>
+    </row>
+    <row r="213" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N213" s="2"/>
+    </row>
+    <row r="214" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N214" s="2"/>
+    </row>
+    <row r="215" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N215" s="2"/>
+    </row>
+    <row r="216" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N216" s="2"/>
+    </row>
+    <row r="217" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N217" s="2"/>
+    </row>
+    <row r="218" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N218" s="2"/>
+    </row>
+    <row r="219" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N219" s="2"/>
+    </row>
+    <row r="220" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N220" s="2"/>
+    </row>
+    <row r="221" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N221" s="2"/>
+    </row>
+    <row r="222" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N222" s="2"/>
+    </row>
+    <row r="223" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N223" s="2"/>
+    </row>
+    <row r="224" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N224" s="2"/>
+    </row>
+    <row r="225" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N225" s="2"/>
+    </row>
+    <row r="226" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N226" s="2"/>
+    </row>
+    <row r="227" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N227" s="2"/>
+    </row>
+    <row r="228" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N228" s="2"/>
+    </row>
+    <row r="229" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N229" s="2"/>
+    </row>
+    <row r="230" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N230" s="2"/>
+    </row>
+    <row r="231" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N231" s="2"/>
+    </row>
+    <row r="232" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N232" s="2"/>
+    </row>
+    <row r="233" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N233" s="2"/>
+    </row>
+    <row r="234" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N234" s="2"/>
+    </row>
+    <row r="235" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N235" s="2"/>
+    </row>
+    <row r="236" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N236" s="2"/>
+    </row>
+    <row r="237" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N237" s="2"/>
+    </row>
+    <row r="238" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N238" s="2"/>
+    </row>
+    <row r="239" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N239" s="2"/>
+    </row>
+    <row r="240" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N240" s="2"/>
+    </row>
+    <row r="241" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N241" s="2"/>
+    </row>
+    <row r="242" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N242" s="2"/>
+    </row>
+    <row r="243" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N243" s="2"/>
+    </row>
+    <row r="244" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N244" s="2"/>
+    </row>
+    <row r="245" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N245" s="2"/>
+    </row>
+    <row r="246" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N246" s="2"/>
+    </row>
+    <row r="247" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N247" s="2"/>
+    </row>
+    <row r="248" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N248" s="2"/>
+    </row>
+    <row r="249" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N249" s="2"/>
+    </row>
+    <row r="250" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N250" s="2"/>
+    </row>
+    <row r="251" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N251" s="2"/>
+    </row>
+    <row r="252" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N252" s="2"/>
+    </row>
+    <row r="253" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N253" s="2"/>
+    </row>
+    <row r="254" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N254" s="2"/>
+    </row>
+    <row r="255" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N255" s="2"/>
+    </row>
+    <row r="256" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N256" s="2"/>
+    </row>
+    <row r="257" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N257" s="2"/>
+    </row>
+    <row r="258" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N258" s="2"/>
+    </row>
+    <row r="259" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N259" s="2"/>
+    </row>
+    <row r="260" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N260" s="2"/>
+    </row>
+    <row r="261" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N261" s="2"/>
+    </row>
+    <row r="262" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N262" s="2"/>
+    </row>
+    <row r="263" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N263" s="2"/>
+    </row>
+    <row r="264" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N264" s="2"/>
+    </row>
+    <row r="265" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N265" s="2"/>
+    </row>
+    <row r="266" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N266" s="2"/>
+    </row>
+    <row r="267" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N267" s="2"/>
+    </row>
+    <row r="268" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N268" s="2"/>
+    </row>
+    <row r="269" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N269" s="2"/>
+    </row>
+    <row r="270" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N270" s="2"/>
+    </row>
+    <row r="271" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N271" s="2"/>
+    </row>
+    <row r="272" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N272" s="2"/>
+    </row>
+    <row r="273" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N273" s="2"/>
+    </row>
+    <row r="274" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N274" s="2"/>
+    </row>
+    <row r="275" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N275" s="2"/>
+    </row>
+    <row r="276" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N276" s="2"/>
+    </row>
+    <row r="277" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N277" s="2"/>
+    </row>
+    <row r="278" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N278" s="2"/>
+    </row>
+    <row r="279" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N279" s="2"/>
+    </row>
+    <row r="280" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N280" s="2"/>
+    </row>
+    <row r="281" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N281" s="2"/>
+    </row>
+    <row r="282" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N282" s="2"/>
+    </row>
+    <row r="283" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N283" s="2"/>
+    </row>
+    <row r="284" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N284" s="2"/>
+    </row>
+    <row r="285" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N285" s="2"/>
+    </row>
+    <row r="286" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N286" s="2"/>
+    </row>
+    <row r="287" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N287" s="2"/>
+    </row>
+    <row r="288" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N288" s="2"/>
+    </row>
+    <row r="289" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N289" s="2"/>
+    </row>
+    <row r="290" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N290" s="2"/>
+    </row>
+    <row r="291" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N291" s="2"/>
+    </row>
+    <row r="292" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N292" s="2"/>
+    </row>
+    <row r="293" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N293" s="2"/>
+    </row>
+    <row r="294" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N294" s="2"/>
+    </row>
+    <row r="295" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N295" s="2"/>
+    </row>
+    <row r="296" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N296" s="2"/>
+    </row>
+    <row r="297" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N297" s="2"/>
+    </row>
+    <row r="298" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N298" s="2"/>
+    </row>
+    <row r="299" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N299" s="2"/>
+    </row>
+    <row r="300" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N300" s="2"/>
+    </row>
+    <row r="301" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N301" s="2"/>
+    </row>
+    <row r="302" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N302" s="2"/>
+    </row>
+    <row r="303" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N303" s="2"/>
+    </row>
+    <row r="304" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N304" s="2"/>
+    </row>
+    <row r="305" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N305" s="2"/>
+    </row>
+    <row r="306" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N306" s="2"/>
+    </row>
+    <row r="307" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N307" s="2"/>
+    </row>
+    <row r="308" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N308" s="2"/>
+    </row>
+    <row r="309" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N309" s="2"/>
+    </row>
+    <row r="310" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N310" s="2"/>
+    </row>
+    <row r="311" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N311" s="2"/>
+    </row>
+    <row r="312" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N312" s="2"/>
+    </row>
+    <row r="313" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N313" s="2"/>
+    </row>
+    <row r="314" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N314" s="2"/>
+    </row>
+    <row r="315" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N315" s="2"/>
+    </row>
+    <row r="316" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N316" s="2"/>
+    </row>
+    <row r="317" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N317" s="2"/>
+    </row>
+    <row r="318" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N318" s="2"/>
+    </row>
+    <row r="319" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N319" s="2"/>
+    </row>
+    <row r="320" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N320" s="2"/>
+    </row>
+    <row r="321" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N321" s="2"/>
+    </row>
+    <row r="322" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N322" s="2"/>
+    </row>
+    <row r="323" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N323" s="2"/>
+    </row>
+    <row r="324" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N324" s="2"/>
+    </row>
+    <row r="325" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N325" s="2"/>
+    </row>
+    <row r="326" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N326" s="2"/>
+    </row>
+    <row r="327" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N327" s="2"/>
+    </row>
+    <row r="328" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N328" s="2"/>
+    </row>
+    <row r="329" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N329" s="2"/>
+    </row>
+    <row r="330" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N330" s="2"/>
+    </row>
+    <row r="331" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N331" s="2"/>
+    </row>
+    <row r="332" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N332" s="2"/>
+    </row>
+    <row r="333" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N333" s="2"/>
+    </row>
+    <row r="334" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N334" s="2"/>
+    </row>
+    <row r="335" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N335" s="2"/>
+    </row>
+    <row r="336" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N336" s="2"/>
+    </row>
+    <row r="337" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N337" s="2"/>
+    </row>
+    <row r="338" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N338" s="2"/>
+    </row>
+    <row r="339" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N339" s="2"/>
+    </row>
+    <row r="340" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N340" s="2"/>
+    </row>
+    <row r="341" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N341" s="2"/>
+    </row>
+    <row r="342" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N342" s="2"/>
+    </row>
+    <row r="343" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N343" s="2"/>
+    </row>
+    <row r="344" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N344" s="2"/>
+    </row>
+    <row r="345" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N345" s="2"/>
+    </row>
+    <row r="346" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N346" s="2"/>
+    </row>
+    <row r="347" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N347" s="2"/>
+    </row>
+    <row r="348" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N348" s="2"/>
+    </row>
+    <row r="349" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N349" s="2"/>
+    </row>
+    <row r="350" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N350" s="2"/>
+    </row>
+    <row r="351" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N351" s="2"/>
+    </row>
+    <row r="352" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N352" s="2"/>
+    </row>
+    <row r="353" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N353" s="2"/>
+    </row>
+    <row r="354" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N354" s="2"/>
+    </row>
+    <row r="355" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N355" s="2"/>
+    </row>
+    <row r="356" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N356" s="2"/>
+    </row>
+    <row r="357" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N357" s="2"/>
+    </row>
+    <row r="358" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N358" s="2"/>
+    </row>
+    <row r="359" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N359" s="2"/>
+    </row>
+    <row r="360" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N360" s="2"/>
+    </row>
+    <row r="361" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N361" s="2"/>
+    </row>
+    <row r="362" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N362" s="2"/>
+    </row>
+    <row r="363" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N363" s="2"/>
+    </row>
+    <row r="364" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N364" s="2"/>
+    </row>
+    <row r="365" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N365" s="2"/>
+    </row>
+    <row r="366" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N366" s="2"/>
+    </row>
+    <row r="367" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N367" s="2"/>
+    </row>
+    <row r="368" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N368" s="2"/>
+    </row>
+    <row r="369" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N369" s="2"/>
+    </row>
+    <row r="370" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N370" s="2"/>
+    </row>
+    <row r="371" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N371" s="2"/>
+    </row>
+    <row r="372" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N372" s="2"/>
+    </row>
+    <row r="373" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N373" s="2"/>
+    </row>
+    <row r="374" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N374" s="2"/>
+    </row>
+    <row r="375" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N375" s="2"/>
+    </row>
+    <row r="376" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N376" s="2"/>
+    </row>
+    <row r="377" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N377" s="2"/>
+    </row>
+    <row r="378" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N378" s="2"/>
+    </row>
+    <row r="379" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N379" s="2"/>
+    </row>
+    <row r="380" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N380" s="2"/>
+    </row>
+    <row r="381" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N381" s="2"/>
+    </row>
+    <row r="382" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N382" s="2"/>
+    </row>
+    <row r="383" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N383" s="2"/>
+    </row>
+    <row r="384" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N384" s="2"/>
+    </row>
+    <row r="385" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N385" s="2"/>
+    </row>
+    <row r="386" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N386" s="2"/>
+    </row>
+    <row r="387" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N387" s="2"/>
+    </row>
+    <row r="388" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N388" s="2"/>
+    </row>
+    <row r="389" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N389" s="2"/>
+    </row>
+    <row r="390" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N390" s="2"/>
+    </row>
+    <row r="391" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N391" s="2"/>
+    </row>
+    <row r="392" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N392" s="2"/>
+    </row>
+    <row r="393" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N393" s="2"/>
+    </row>
+    <row r="394" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N394" s="2"/>
+    </row>
+    <row r="395" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N395" s="2"/>
+    </row>
+    <row r="396" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N396" s="2"/>
+    </row>
+    <row r="397" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N397" s="2"/>
+    </row>
+    <row r="398" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N398" s="2"/>
+    </row>
+    <row r="399" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N399" s="2"/>
+    </row>
+    <row r="400" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N400" s="2"/>
+    </row>
+    <row r="401" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N401" s="2"/>
+    </row>
+    <row r="402" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N402" s="2"/>
+    </row>
+    <row r="403" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N403" s="2"/>
+    </row>
+    <row r="404" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N404" s="2"/>
+    </row>
+    <row r="405" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N405" s="2"/>
+    </row>
+    <row r="406" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N406" s="2"/>
+    </row>
+    <row r="407" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N407" s="2"/>
+    </row>
+    <row r="408" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N408" s="2"/>
+    </row>
+    <row r="409" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N409" s="2"/>
+    </row>
+    <row r="410" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N410" s="2"/>
+    </row>
+    <row r="411" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N411" s="2"/>
+    </row>
+    <row r="412" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N412" s="2"/>
+    </row>
+    <row r="413" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N413" s="2"/>
+    </row>
+    <row r="414" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N414" s="2"/>
+    </row>
+    <row r="415" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N415" s="2"/>
+    </row>
+    <row r="416" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N416" s="2"/>
+    </row>
+    <row r="417" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N417" s="2"/>
+    </row>
+    <row r="418" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N418" s="2"/>
+    </row>
+    <row r="419" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N419" s="2"/>
+    </row>
+    <row r="420" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N420" s="2"/>
+    </row>
+    <row r="421" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N421" s="2"/>
+    </row>
+    <row r="422" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N422" s="2"/>
+    </row>
+    <row r="423" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N423" s="2"/>
+    </row>
+    <row r="424" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N424" s="2"/>
+    </row>
+    <row r="425" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N425" s="2"/>
+    </row>
+    <row r="426" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N426" s="2"/>
+    </row>
+    <row r="427" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N427" s="2"/>
+    </row>
+    <row r="428" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N428" s="2"/>
+    </row>
+    <row r="429" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N429" s="2"/>
+    </row>
+    <row r="430" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N430" s="2"/>
+    </row>
+    <row r="431" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N431" s="2"/>
+    </row>
+    <row r="432" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N432" s="2"/>
+    </row>
+    <row r="433" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N433" s="2"/>
+    </row>
+    <row r="434" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N434" s="2"/>
+    </row>
+    <row r="435" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N435" s="2"/>
+    </row>
+    <row r="436" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N436" s="2"/>
+    </row>
+    <row r="437" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N437" s="2"/>
+    </row>
+    <row r="438" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N438" s="2"/>
+    </row>
+    <row r="439" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N439" s="2"/>
+    </row>
+    <row r="440" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N440" s="2"/>
+    </row>
+    <row r="441" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N441" s="2"/>
+    </row>
+    <row r="442" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N442" s="2"/>
+    </row>
+    <row r="443" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N443" s="2"/>
+    </row>
+    <row r="444" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N444" s="2"/>
+    </row>
+    <row r="445" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N445" s="2"/>
+    </row>
+    <row r="446" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N446" s="2"/>
+    </row>
+    <row r="447" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N447" s="2"/>
+    </row>
+    <row r="448" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N448" s="2"/>
+    </row>
+    <row r="449" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N449" s="2"/>
+    </row>
+    <row r="450" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N450" s="2"/>
+    </row>
+    <row r="451" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N451" s="2"/>
+    </row>
+    <row r="452" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N452" s="2"/>
+    </row>
+    <row r="453" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N453" s="2"/>
+    </row>
+    <row r="454" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N454" s="2"/>
+    </row>
+    <row r="455" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N455" s="2"/>
+    </row>
+    <row r="456" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N456" s="2"/>
+    </row>
+    <row r="457" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N457" s="2"/>
+    </row>
+    <row r="458" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N458" s="2"/>
+    </row>
+    <row r="459" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N459" s="2"/>
+    </row>
+    <row r="460" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N460" s="2"/>
+    </row>
+    <row r="461" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N461" s="2"/>
+    </row>
+    <row r="462" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N462" s="2"/>
+    </row>
+    <row r="463" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N463" s="2"/>
+    </row>
+    <row r="464" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N464" s="2"/>
+    </row>
+    <row r="465" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N465" s="2"/>
+    </row>
+    <row r="466" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N466" s="2"/>
+    </row>
+    <row r="467" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N467" s="2"/>
+    </row>
+    <row r="468" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N468" s="2"/>
+    </row>
+    <row r="469" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N469" s="2"/>
+    </row>
+    <row r="470" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N470" s="2"/>
+    </row>
+    <row r="471" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N471" s="2"/>
+    </row>
+    <row r="472" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N472" s="2"/>
+    </row>
+    <row r="473" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N473" s="2"/>
+    </row>
+    <row r="474" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N474" s="2"/>
+    </row>
+    <row r="475" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N475" s="2"/>
+    </row>
+    <row r="476" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N476" s="2"/>
+    </row>
+    <row r="477" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N477" s="2"/>
+    </row>
+    <row r="478" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N478" s="2"/>
+    </row>
+    <row r="479" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N479" s="2"/>
+    </row>
+    <row r="480" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N480" s="2"/>
+    </row>
+    <row r="481" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N481" s="2"/>
+    </row>
+    <row r="482" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N482" s="2"/>
+    </row>
+    <row r="483" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N483" s="2"/>
+    </row>
+    <row r="484" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N484" s="2"/>
+    </row>
+    <row r="485" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N485" s="2"/>
+    </row>
+    <row r="486" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N486" s="2"/>
+    </row>
+    <row r="487" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N487" s="2"/>
+    </row>
+    <row r="488" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N488" s="2"/>
+    </row>
+    <row r="489" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N489" s="2"/>
+    </row>
+    <row r="490" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N490" s="2"/>
+    </row>
+    <row r="491" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N491" s="2"/>
+    </row>
+    <row r="492" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N492" s="2"/>
+    </row>
+    <row r="493" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N493" s="2"/>
+    </row>
+    <row r="494" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N494" s="2"/>
+    </row>
+    <row r="495" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N495" s="2"/>
+    </row>
+    <row r="496" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N496" s="2"/>
+    </row>
+    <row r="497" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N497" s="2"/>
+    </row>
+    <row r="498" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N498" s="2"/>
+    </row>
+    <row r="499" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N499" s="2"/>
+    </row>
+    <row r="500" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N500" s="2"/>
+    </row>
+    <row r="501" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N501" s="2"/>
+    </row>
+    <row r="502" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N502" s="2"/>
+    </row>
+    <row r="503" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N503" s="2"/>
+    </row>
+    <row r="504" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N504" s="2"/>
+    </row>
+    <row r="505" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N505" s="2"/>
+    </row>
+    <row r="506" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N506" s="2"/>
+    </row>
+    <row r="507" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N507" s="2"/>
+    </row>
+    <row r="508" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N508" s="2"/>
+    </row>
+    <row r="509" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N509" s="2"/>
+    </row>
+    <row r="510" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N510" s="2"/>
+    </row>
+    <row r="511" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N511" s="2"/>
+    </row>
+    <row r="512" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N512" s="2"/>
+    </row>
+    <row r="513" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N513" s="2"/>
+    </row>
+    <row r="514" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N514" s="2"/>
+    </row>
+    <row r="515" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N515" s="2"/>
+    </row>
+    <row r="516" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N516" s="2"/>
+    </row>
+    <row r="517" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N517" s="2"/>
+    </row>
+    <row r="518" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N518" s="2"/>
+    </row>
+    <row r="519" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N519" s="2"/>
+    </row>
+    <row r="520" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N520" s="2"/>
+    </row>
+    <row r="521" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N521" s="2"/>
+    </row>
+    <row r="522" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N522" s="2"/>
+    </row>
+    <row r="523" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N523" s="2"/>
+    </row>
+    <row r="524" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N524" s="2"/>
+    </row>
+    <row r="525" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N525" s="2"/>
+    </row>
+    <row r="526" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N526" s="2"/>
+    </row>
+    <row r="527" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N527" s="2"/>
+    </row>
+    <row r="528" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N528" s="2"/>
+    </row>
+    <row r="529" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N529" s="2"/>
+    </row>
+    <row r="530" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N530" s="2"/>
+    </row>
+    <row r="531" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N531" s="2"/>
+    </row>
+    <row r="532" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N532" s="2"/>
+    </row>
+    <row r="533" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N533" s="2"/>
+    </row>
+    <row r="534" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N534" s="2"/>
+    </row>
+    <row r="535" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N535" s="2"/>
+    </row>
+    <row r="536" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N536" s="2"/>
+    </row>
+    <row r="537" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N537" s="2"/>
+    </row>
+    <row r="538" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N538" s="2"/>
+    </row>
+    <row r="539" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N539" s="2"/>
+    </row>
+    <row r="540" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N540" s="2"/>
+    </row>
+    <row r="541" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N541" s="2"/>
+    </row>
+    <row r="542" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N542" s="2"/>
+    </row>
+    <row r="543" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N543" s="2"/>
+    </row>
+    <row r="544" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N544" s="2"/>
+    </row>
+    <row r="545" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N545" s="2"/>
+    </row>
+    <row r="546" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N546" s="2"/>
+    </row>
+    <row r="547" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N547" s="2"/>
+    </row>
+    <row r="548" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N548" s="2"/>
+    </row>
+    <row r="549" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N549" s="2"/>
+    </row>
+    <row r="550" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N550" s="2"/>
+    </row>
+    <row r="551" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N551" s="2"/>
+    </row>
+    <row r="552" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N552" s="2"/>
+    </row>
+    <row r="553" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N553" s="2"/>
+    </row>
+    <row r="554" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N554" s="2"/>
+    </row>
+    <row r="555" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N555" s="2"/>
+    </row>
+    <row r="556" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N556" s="2"/>
+    </row>
+    <row r="557" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N557" s="2"/>
+    </row>
+    <row r="558" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N558" s="2"/>
+    </row>
+    <row r="559" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N559" s="2"/>
+    </row>
+    <row r="560" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N560" s="2"/>
+    </row>
+    <row r="561" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N561" s="2"/>
+    </row>
+    <row r="562" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N562" s="2"/>
+    </row>
+    <row r="563" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N563" s="2"/>
+    </row>
+    <row r="564" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N564" s="2"/>
+    </row>
+    <row r="565" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N565" s="2"/>
+    </row>
+    <row r="566" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N566" s="2"/>
+    </row>
+    <row r="567" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N567" s="2"/>
+    </row>
+    <row r="568" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N568" s="2"/>
+    </row>
+    <row r="569" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N569" s="2"/>
+    </row>
+    <row r="570" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N570" s="2"/>
+    </row>
+    <row r="571" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N571" s="2"/>
+    </row>
+    <row r="572" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N572" s="2"/>
+    </row>
+    <row r="573" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N573" s="2"/>
+    </row>
+    <row r="574" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N574" s="2"/>
+    </row>
+    <row r="575" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N575" s="2"/>
+    </row>
+    <row r="576" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N576" s="2"/>
+    </row>
+    <row r="577" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N577" s="2"/>
+    </row>
+    <row r="578" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N578" s="2"/>
+    </row>
+    <row r="579" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N579" s="2"/>
+    </row>
+    <row r="580" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N580" s="2"/>
+    </row>
+    <row r="581" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N581" s="2"/>
+    </row>
+    <row r="582" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N582" s="2"/>
+    </row>
+    <row r="583" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N583" s="2"/>
+    </row>
+    <row r="584" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N584" s="2"/>
+    </row>
+    <row r="585" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N585" s="2"/>
+    </row>
+    <row r="586" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N586" s="2"/>
+    </row>
+    <row r="587" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N587" s="2"/>
+    </row>
+    <row r="588" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N588" s="2"/>
+    </row>
+    <row r="589" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N589" s="2"/>
+    </row>
+    <row r="590" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N590" s="2"/>
+    </row>
+    <row r="591" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N591" s="2"/>
+    </row>
+    <row r="592" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N592" s="2"/>
+    </row>
+    <row r="593" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N593" s="2"/>
+    </row>
+    <row r="594" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N594" s="2"/>
+    </row>
+    <row r="595" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N595" s="2"/>
+    </row>
+    <row r="596" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N596" s="2"/>
+    </row>
+    <row r="597" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N597" s="2"/>
+    </row>
+    <row r="598" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N598" s="2"/>
+    </row>
+    <row r="599" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N599" s="2"/>
+    </row>
+    <row r="600" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N600" s="2"/>
+    </row>
+    <row r="601" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N601" s="2"/>
+    </row>
+    <row r="602" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N602" s="2"/>
+    </row>
+    <row r="603" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N603" s="2"/>
+    </row>
+    <row r="604" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N604" s="2"/>
+    </row>
+    <row r="605" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N605" s="2"/>
+    </row>
+    <row r="606" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N606" s="2"/>
+    </row>
+    <row r="607" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N607" s="2"/>
+    </row>
+    <row r="608" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N608" s="2"/>
+    </row>
+    <row r="609" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N609" s="2"/>
+    </row>
+    <row r="610" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N610" s="2"/>
+    </row>
+    <row r="611" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N611" s="2"/>
+    </row>
+    <row r="612" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N612" s="2"/>
+    </row>
+    <row r="613" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N613" s="2"/>
+    </row>
+    <row r="614" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N614" s="2"/>
+    </row>
+    <row r="615" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N615" s="2"/>
+    </row>
+    <row r="616" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N616" s="2"/>
+    </row>
+    <row r="617" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N617" s="2"/>
+    </row>
+    <row r="618" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N618" s="2"/>
+    </row>
+    <row r="619" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N619" s="2"/>
+    </row>
+    <row r="620" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N620" s="2"/>
+    </row>
+    <row r="621" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N621" s="2"/>
+    </row>
+    <row r="622" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N622" s="2"/>
+    </row>
+    <row r="623" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N623" s="2"/>
+    </row>
+    <row r="624" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N624" s="2"/>
+    </row>
+    <row r="625" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N625" s="2"/>
+    </row>
+    <row r="626" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N626" s="2"/>
+    </row>
+    <row r="627" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N627" s="2"/>
+    </row>
+    <row r="628" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N628" s="2"/>
+    </row>
+    <row r="629" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N629" s="2"/>
+    </row>
+    <row r="630" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N630" s="2"/>
+    </row>
+    <row r="631" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N631" s="2"/>
+    </row>
+    <row r="632" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N632" s="2"/>
+    </row>
+    <row r="633" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N633" s="2"/>
+    </row>
+    <row r="634" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N634" s="2"/>
+    </row>
+    <row r="635" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N635" s="2"/>
+    </row>
+    <row r="636" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N636" s="2"/>
+    </row>
+    <row r="637" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N637" s="2"/>
+    </row>
+    <row r="638" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N638" s="2"/>
+    </row>
+    <row r="639" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N639" s="2"/>
+    </row>
+    <row r="640" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N640" s="2"/>
+    </row>
+    <row r="641" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N641" s="2"/>
+    </row>
+    <row r="642" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N642" s="2"/>
+    </row>
+    <row r="643" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N643" s="2"/>
+    </row>
+    <row r="644" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N644" s="2"/>
+    </row>
+    <row r="645" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N645" s="2"/>
+    </row>
+    <row r="646" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N646" s="2"/>
+    </row>
+    <row r="647" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N647" s="2"/>
+    </row>
+    <row r="648" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N648" s="2"/>
+    </row>
+    <row r="649" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N649" s="2"/>
+    </row>
+    <row r="650" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N650" s="2"/>
+    </row>
+    <row r="651" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N651" s="2"/>
+    </row>
+    <row r="652" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N652" s="2"/>
+    </row>
+    <row r="653" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N653" s="2"/>
+    </row>
+    <row r="654" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N654" s="2"/>
+    </row>
+    <row r="655" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N655" s="2"/>
+    </row>
+    <row r="656" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N656" s="2"/>
+    </row>
+    <row r="657" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N657" s="2"/>
+    </row>
+    <row r="658" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N658" s="2"/>
+    </row>
+    <row r="659" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N659" s="2"/>
+    </row>
+    <row r="660" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N660" s="2"/>
+    </row>
+    <row r="661" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N661" s="2"/>
+    </row>
+    <row r="662" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N662" s="2"/>
+    </row>
+    <row r="663" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N663" s="2"/>
+    </row>
+    <row r="664" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N664" s="2"/>
+    </row>
+    <row r="665" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N665" s="2"/>
+    </row>
+    <row r="666" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N666" s="2"/>
+    </row>
+    <row r="667" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N667" s="2"/>
+    </row>
+    <row r="668" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N668" s="2"/>
+    </row>
+    <row r="669" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N669" s="2"/>
+    </row>
+    <row r="670" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N670" s="2"/>
+    </row>
+    <row r="671" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N671" s="2"/>
+    </row>
+    <row r="672" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N672" s="2"/>
+    </row>
+    <row r="673" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N673" s="2"/>
+    </row>
+    <row r="674" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N674" s="2"/>
+    </row>
+    <row r="675" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N675" s="2"/>
+    </row>
+    <row r="676" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N676" s="2"/>
+    </row>
+    <row r="677" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N677" s="2"/>
+    </row>
+    <row r="678" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N678" s="2"/>
+    </row>
+    <row r="679" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N679" s="2"/>
+    </row>
+    <row r="680" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N680" s="2"/>
+    </row>
+    <row r="681" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N681" s="2"/>
+    </row>
+    <row r="682" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N682" s="2"/>
+    </row>
+    <row r="683" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N683" s="2"/>
+    </row>
+    <row r="684" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N684" s="2"/>
+    </row>
+    <row r="685" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N685" s="2"/>
+    </row>
+    <row r="686" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N686" s="2"/>
+    </row>
+    <row r="687" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N687" s="2"/>
+    </row>
+    <row r="688" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N688" s="2"/>
+    </row>
+    <row r="689" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N689" s="2"/>
+    </row>
+    <row r="690" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N690" s="2"/>
+    </row>
+    <row r="691" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N691" s="2"/>
+    </row>
+    <row r="692" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N692" s="2"/>
+    </row>
+    <row r="693" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N693" s="2"/>
+    </row>
+    <row r="694" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N694" s="2"/>
+    </row>
+    <row r="695" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N695" s="2"/>
+    </row>
+    <row r="696" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N696" s="2"/>
+    </row>
+    <row r="697" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N697" s="2"/>
+    </row>
+    <row r="698" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N698" s="2"/>
+    </row>
+    <row r="699" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N699" s="2"/>
+    </row>
+    <row r="700" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N700" s="2"/>
+    </row>
+    <row r="701" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N701" s="2"/>
+    </row>
+    <row r="702" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N702" s="2"/>
+    </row>
+    <row r="703" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N703" s="2"/>
+    </row>
+    <row r="704" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N704" s="2"/>
+    </row>
+    <row r="705" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N705" s="2"/>
+    </row>
+    <row r="706" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N706" s="2"/>
+    </row>
+    <row r="707" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N707" s="2"/>
+    </row>
+    <row r="708" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N708" s="2"/>
+    </row>
+    <row r="709" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N709" s="2"/>
+    </row>
+    <row r="710" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N710" s="2"/>
+    </row>
+    <row r="711" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N711" s="2"/>
+    </row>
+    <row r="712" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N712" s="2"/>
+    </row>
+    <row r="713" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N713" s="2"/>
+    </row>
+    <row r="714" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N714" s="2"/>
+    </row>
+    <row r="715" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N715" s="2"/>
+    </row>
+    <row r="716" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N716" s="2"/>
+    </row>
+    <row r="717" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N717" s="2"/>
+    </row>
+    <row r="718" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N718" s="2"/>
+    </row>
+    <row r="719" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N719" s="2"/>
+    </row>
+    <row r="720" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N720" s="2"/>
+    </row>
+    <row r="721" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N721" s="2"/>
+    </row>
+    <row r="722" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N722" s="2"/>
+    </row>
+    <row r="723" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N723" s="2"/>
+    </row>
+    <row r="724" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N724" s="2"/>
+    </row>
+    <row r="725" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N725" s="2"/>
+    </row>
+    <row r="726" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N726" s="2"/>
+    </row>
+    <row r="727" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N727" s="2"/>
+    </row>
+    <row r="728" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N728" s="2"/>
+    </row>
+    <row r="729" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N729" s="2"/>
+    </row>
+    <row r="730" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N730" s="2"/>
+    </row>
+    <row r="731" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N731" s="2"/>
+    </row>
+    <row r="732" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N732" s="2"/>
+    </row>
+    <row r="733" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N733" s="2"/>
+    </row>
+    <row r="734" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N734" s="2"/>
+    </row>
+    <row r="735" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N735" s="2"/>
+    </row>
+    <row r="736" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N736" s="2"/>
+    </row>
+    <row r="737" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N737" s="2"/>
+    </row>
+    <row r="738" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N738" s="2"/>
+    </row>
+    <row r="739" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N739" s="2"/>
+    </row>
+    <row r="740" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N740" s="2"/>
+    </row>
+    <row r="741" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N741" s="2"/>
+    </row>
+    <row r="742" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N742" s="2"/>
+    </row>
+    <row r="743" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N743" s="2"/>
+    </row>
+    <row r="744" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N744" s="2"/>
+    </row>
+    <row r="745" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N745" s="2"/>
+    </row>
+    <row r="746" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N746" s="2"/>
+    </row>
+    <row r="747" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N747" s="2"/>
+    </row>
+    <row r="748" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N748" s="2"/>
+    </row>
+    <row r="749" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N749" s="2"/>
+    </row>
+    <row r="750" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N750" s="2"/>
+    </row>
+    <row r="751" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N751" s="2"/>
+    </row>
+    <row r="752" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N752" s="2"/>
+    </row>
+    <row r="753" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N753" s="2"/>
+    </row>
+    <row r="754" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N754" s="2"/>
+    </row>
+    <row r="755" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N755" s="2"/>
+    </row>
+    <row r="756" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N756" s="2"/>
+    </row>
+    <row r="757" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N757" s="2"/>
+    </row>
+    <row r="758" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N758" s="2"/>
+    </row>
+    <row r="759" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N759" s="2"/>
+    </row>
+    <row r="760" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N760" s="2"/>
+    </row>
+    <row r="761" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N761" s="2"/>
+    </row>
+    <row r="762" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N762" s="2"/>
+    </row>
+    <row r="763" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N763" s="2"/>
+    </row>
+    <row r="764" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N764" s="2"/>
+    </row>
+    <row r="765" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N765" s="2"/>
+    </row>
+    <row r="766" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N766" s="2"/>
+    </row>
+    <row r="767" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N767" s="2"/>
+    </row>
+    <row r="768" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N768" s="2"/>
+    </row>
+    <row r="769" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N769" s="2"/>
+    </row>
+    <row r="770" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N770" s="2"/>
+    </row>
+    <row r="771" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N771" s="2"/>
+    </row>
+    <row r="772" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N772" s="2"/>
+    </row>
+    <row r="773" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N773" s="2"/>
+    </row>
+    <row r="774" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N774" s="2"/>
+    </row>
+    <row r="775" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N775" s="2"/>
+    </row>
+    <row r="776" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N776" s="2"/>
+    </row>
+    <row r="777" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N777" s="2"/>
+    </row>
+    <row r="778" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N778" s="2"/>
+    </row>
+    <row r="779" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N779" s="2"/>
+    </row>
+    <row r="780" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N780" s="2"/>
+    </row>
+    <row r="781" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N781" s="2"/>
+    </row>
+    <row r="782" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N782" s="2"/>
+    </row>
+    <row r="783" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N783" s="2"/>
+    </row>
+    <row r="784" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N784" s="2"/>
+    </row>
+    <row r="785" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N785" s="2"/>
+    </row>
+    <row r="786" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N786" s="2"/>
+    </row>
+    <row r="787" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N787" s="2"/>
+    </row>
+    <row r="788" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N788" s="2"/>
+    </row>
+    <row r="789" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N789" s="2"/>
+    </row>
+    <row r="790" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N790" s="2"/>
+    </row>
+    <row r="791" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N791" s="2"/>
+    </row>
+    <row r="792" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N792" s="2"/>
+    </row>
+    <row r="793" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N793" s="2"/>
+    </row>
+    <row r="794" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N794" s="2"/>
+    </row>
+    <row r="795" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N795" s="2"/>
+    </row>
+    <row r="796" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N796" s="2"/>
+    </row>
+    <row r="797" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N797" s="2"/>
+    </row>
+    <row r="798" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N798" s="2"/>
+    </row>
+    <row r="799" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N799" s="2"/>
+    </row>
+    <row r="800" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N800" s="2"/>
+    </row>
+    <row r="801" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N801" s="2"/>
+    </row>
+    <row r="802" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N802" s="2"/>
+    </row>
+    <row r="803" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N803" s="2"/>
+    </row>
+    <row r="804" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N804" s="2"/>
+    </row>
+    <row r="805" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N805" s="2"/>
+    </row>
+    <row r="806" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N806" s="2"/>
+    </row>
+    <row r="807" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N807" s="2"/>
+    </row>
+    <row r="808" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N808" s="2"/>
+    </row>
+    <row r="809" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N809" s="2"/>
+    </row>
+    <row r="810" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N810" s="2"/>
+    </row>
+    <row r="811" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N811" s="2"/>
+    </row>
+    <row r="812" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N812" s="2"/>
+    </row>
+    <row r="813" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N813" s="2"/>
+    </row>
+    <row r="814" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N814" s="2"/>
+    </row>
+    <row r="815" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N815" s="2"/>
+    </row>
+    <row r="816" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N816" s="2"/>
+    </row>
+    <row r="817" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N817" s="2"/>
+    </row>
+    <row r="818" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N818" s="2"/>
+    </row>
+    <row r="819" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N819" s="2"/>
+    </row>
+    <row r="820" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N820" s="2"/>
+    </row>
+    <row r="821" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N821" s="2"/>
+    </row>
+    <row r="822" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N822" s="2"/>
+    </row>
+    <row r="823" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N823" s="2"/>
+    </row>
+    <row r="824" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N824" s="2"/>
+    </row>
+    <row r="825" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N825" s="2"/>
+    </row>
+    <row r="826" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N826" s="2"/>
+    </row>
+    <row r="827" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N827" s="2"/>
+    </row>
+    <row r="828" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N828" s="2"/>
+    </row>
+    <row r="829" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N829" s="2"/>
+    </row>
+    <row r="830" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N830" s="2"/>
+    </row>
+    <row r="831" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N831" s="2"/>
+    </row>
+    <row r="832" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N832" s="2"/>
+    </row>
+    <row r="833" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N833" s="2"/>
+    </row>
+    <row r="834" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N834" s="2"/>
+    </row>
+    <row r="835" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N835" s="2"/>
+    </row>
+    <row r="836" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N836" s="2"/>
+    </row>
+    <row r="837" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N837" s="2"/>
+    </row>
+    <row r="838" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N838" s="2"/>
+    </row>
+    <row r="839" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N839" s="2"/>
+    </row>
+    <row r="840" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N840" s="2"/>
+    </row>
+    <row r="841" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N841" s="2"/>
+    </row>
+    <row r="842" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N842" s="2"/>
+    </row>
+    <row r="843" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N843" s="2"/>
+    </row>
+    <row r="844" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N844" s="2"/>
+    </row>
+    <row r="845" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N845" s="2"/>
+    </row>
+    <row r="846" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N846" s="2"/>
+    </row>
+    <row r="847" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N847" s="2"/>
+    </row>
+    <row r="848" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N848" s="2"/>
+    </row>
+    <row r="849" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N849" s="2"/>
+    </row>
+    <row r="850" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N850" s="2"/>
+    </row>
+    <row r="851" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N851" s="2"/>
+    </row>
+    <row r="852" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N852" s="2"/>
+    </row>
+    <row r="853" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N853" s="2"/>
+    </row>
+    <row r="854" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N854" s="2"/>
+    </row>
+    <row r="855" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N855" s="2"/>
+    </row>
+    <row r="856" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N856" s="2"/>
+    </row>
+    <row r="857" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N857" s="2"/>
+    </row>
+    <row r="858" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N858" s="2"/>
+    </row>
+    <row r="859" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N859" s="2"/>
+    </row>
+    <row r="860" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N860" s="2"/>
+    </row>
+    <row r="861" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N861" s="2"/>
+    </row>
+    <row r="862" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N862" s="2"/>
+    </row>
+    <row r="863" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N863" s="2"/>
+    </row>
+    <row r="864" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N864" s="2"/>
+    </row>
+    <row r="865" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N865" s="2"/>
+    </row>
+    <row r="866" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N866" s="2"/>
+    </row>
+    <row r="867" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N867" s="2"/>
+    </row>
+    <row r="868" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N868" s="2"/>
+    </row>
+    <row r="869" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N869" s="2"/>
+    </row>
+    <row r="870" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N870" s="2"/>
+    </row>
+    <row r="871" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N871" s="2"/>
+    </row>
+    <row r="872" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N872" s="2"/>
+    </row>
+    <row r="873" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N873" s="2"/>
+    </row>
+    <row r="874" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N874" s="2"/>
+    </row>
+    <row r="875" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N875" s="2"/>
+    </row>
+    <row r="876" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N876" s="2"/>
+    </row>
+    <row r="877" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N877" s="2"/>
+    </row>
+    <row r="878" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N878" s="2"/>
+    </row>
+    <row r="879" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N879" s="2"/>
+    </row>
+    <row r="880" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N880" s="2"/>
+    </row>
+    <row r="881" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N881" s="2"/>
+    </row>
+    <row r="882" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N882" s="2"/>
+    </row>
+    <row r="883" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N883" s="2"/>
+    </row>
+    <row r="884" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N884" s="2"/>
+    </row>
+    <row r="885" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N885" s="2"/>
+    </row>
+    <row r="886" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N886" s="2"/>
+    </row>
+    <row r="887" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N887" s="2"/>
+    </row>
+    <row r="888" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N888" s="2"/>
+    </row>
+    <row r="889" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N889" s="2"/>
+    </row>
+    <row r="890" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N890" s="2"/>
+    </row>
+    <row r="891" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N891" s="2"/>
+    </row>
+    <row r="892" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N892" s="2"/>
+    </row>
+    <row r="893" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N893" s="2"/>
+    </row>
+    <row r="894" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N894" s="2"/>
+    </row>
+    <row r="895" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N895" s="2"/>
+    </row>
+    <row r="896" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N896" s="2"/>
+    </row>
+    <row r="897" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N897" s="2"/>
+    </row>
+    <row r="898" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N898" s="2"/>
+    </row>
+    <row r="899" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N899" s="2"/>
+    </row>
+    <row r="900" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N900" s="2"/>
+    </row>
+    <row r="901" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N901" s="2"/>
+    </row>
+    <row r="902" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N902" s="2"/>
+    </row>
+    <row r="903" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N903" s="2"/>
+    </row>
+    <row r="904" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N904" s="2"/>
+    </row>
+    <row r="905" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N905" s="2"/>
+    </row>
+    <row r="906" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N906" s="2"/>
+    </row>
+    <row r="907" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N907" s="2"/>
+    </row>
+    <row r="908" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N908" s="2"/>
+    </row>
+    <row r="909" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N909" s="2"/>
+    </row>
+    <row r="910" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N910" s="2"/>
+    </row>
+    <row r="911" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N911" s="2"/>
+    </row>
+    <row r="912" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N912" s="2"/>
+    </row>
+    <row r="913" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N913" s="2"/>
+    </row>
+    <row r="914" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N914" s="2"/>
+    </row>
+    <row r="915" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N915" s="2"/>
+    </row>
+    <row r="916" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N916" s="2"/>
+    </row>
+    <row r="917" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N917" s="2"/>
+    </row>
+    <row r="918" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N918" s="2"/>
+    </row>
+    <row r="919" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N919" s="2"/>
+    </row>
+    <row r="920" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N920" s="2"/>
+    </row>
+    <row r="921" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N921" s="2"/>
+    </row>
+    <row r="922" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N922" s="2"/>
+    </row>
+    <row r="923" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N923" s="2"/>
+    </row>
+    <row r="924" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N924" s="2"/>
+    </row>
+    <row r="925" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N925" s="2"/>
+    </row>
+    <row r="926" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N926" s="2"/>
+    </row>
+    <row r="927" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N927" s="2"/>
+    </row>
+    <row r="928" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N928" s="2"/>
+    </row>
+    <row r="929" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N929" s="2"/>
+    </row>
+    <row r="930" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N930" s="2"/>
+    </row>
+    <row r="931" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N931" s="2"/>
+    </row>
+    <row r="932" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N932" s="2"/>
+    </row>
+    <row r="933" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N933" s="2"/>
+    </row>
+    <row r="934" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N934" s="2"/>
+    </row>
+    <row r="935" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N935" s="2"/>
+    </row>
+    <row r="936" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N936" s="2"/>
+    </row>
+    <row r="937" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N937" s="2"/>
+    </row>
+    <row r="938" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N938" s="2"/>
+    </row>
+    <row r="939" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N939" s="2"/>
+    </row>
+    <row r="940" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N940" s="2"/>
+    </row>
+    <row r="941" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N941" s="2"/>
+    </row>
+    <row r="942" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N942" s="2"/>
+    </row>
+    <row r="943" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N943" s="2"/>
+    </row>
+    <row r="944" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N944" s="2"/>
+    </row>
+    <row r="945" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N945" s="2"/>
+    </row>
+    <row r="946" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N946" s="2"/>
+    </row>
+    <row r="947" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N947" s="2"/>
+    </row>
+    <row r="948" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N948" s="2"/>
+    </row>
+    <row r="949" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N949" s="2"/>
+    </row>
+    <row r="950" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N950" s="2"/>
+    </row>
+    <row r="951" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N951" s="2"/>
+    </row>
+    <row r="952" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N952" s="2"/>
+    </row>
+    <row r="953" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N953" s="2"/>
+    </row>
+    <row r="954" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N954" s="2"/>
+    </row>
+    <row r="955" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N955" s="2"/>
+    </row>
+    <row r="956" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N956" s="2"/>
+    </row>
+    <row r="957" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N957" s="2"/>
+    </row>
+    <row r="958" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N958" s="2"/>
+    </row>
+    <row r="959" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N959" s="2"/>
+    </row>
+    <row r="960" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N960" s="2"/>
+    </row>
+    <row r="961" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N961" s="2"/>
+    </row>
+    <row r="962" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N962" s="2"/>
+    </row>
+    <row r="963" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N963" s="2"/>
+    </row>
+    <row r="964" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N964" s="2"/>
+    </row>
+    <row r="965" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N965" s="2"/>
+    </row>
+    <row r="966" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N966" s="2"/>
+    </row>
+    <row r="967" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N967" s="2"/>
+    </row>
+    <row r="968" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N968" s="2"/>
+    </row>
+    <row r="969" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N969" s="2"/>
+    </row>
+    <row r="970" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N970" s="2"/>
+    </row>
+    <row r="971" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N971" s="2"/>
+    </row>
+    <row r="972" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N972" s="2"/>
+    </row>
+    <row r="973" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N973" s="2"/>
+    </row>
+    <row r="974" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N974" s="2"/>
+    </row>
+    <row r="975" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N975" s="2"/>
+    </row>
+    <row r="976" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N976" s="2"/>
+    </row>
+    <row r="977" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N977" s="2"/>
+    </row>
+    <row r="978" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N978" s="2"/>
+    </row>
+    <row r="979" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N979" s="2"/>
+    </row>
+    <row r="980" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N980" s="2"/>
+    </row>
+    <row r="981" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N981" s="2"/>
+    </row>
+    <row r="982" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N982" s="2"/>
+    </row>
+    <row r="983" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N983" s="2"/>
+    </row>
+    <row r="984" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N984" s="2"/>
+    </row>
+    <row r="985" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N985" s="2"/>
+    </row>
+    <row r="986" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N986" s="2"/>
+    </row>
+    <row r="987" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N987" s="2"/>
+    </row>
+    <row r="988" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N988" s="2"/>
+    </row>
+    <row r="989" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N989" s="2"/>
+    </row>
+    <row r="990" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N990" s="2"/>
+    </row>
+    <row r="991" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N991" s="2"/>
+    </row>
+    <row r="992" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N992" s="2"/>
+    </row>
+    <row r="993" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N993" s="2"/>
+    </row>
+    <row r="994" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N994" s="2"/>
+    </row>
+    <row r="995" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N995" s="2"/>
+    </row>
+    <row r="996" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N996" s="2"/>
+    </row>
+    <row r="997" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N997" s="2"/>
+    </row>
+    <row r="998" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N998" s="2"/>
+    </row>
+    <row r="999" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N999" s="2"/>
+    </row>
+    <row r="1000" spans="14:14" ht="15.75" customHeight="1">
+      <c r="N1000" s="2"/>
+    </row>
   </sheetData>
-  <mergeCells count="30">
-[...29 lines deleted...]
-    <mergeCell ref="E50:K50"/>
+  <mergeCells count="17">
+    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="M3:O3"/>
+    <mergeCell ref="M4:O5"/>
+    <mergeCell ref="B8:I9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="M10:N10"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="F39:H39"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:I14"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:I19"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B23:I36"/>
+    <mergeCell ref="L29:O40"/>
+    <mergeCell ref="B40:I40"/>
   </mergeCells>
-  <dataValidations>
-[...1 lines deleted...]
-      <formula1>Calculations!$M$68:$M$78</formula1>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="B68:B69" xr:uid="{00000000-0002-0000-0000-000000000000}">
+      <formula1>$B$68:$B$69</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E39" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>$P$68:$P$70</formula1>
     </dataValidation>
   </dataValidations>
-  <printOptions/>
-  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
-  <drawing r:id="rId1"/>
+  <tableParts count="6">
+    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId5"/>
+    <tablePart r:id="rId6"/>
+  </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1688 lines deleted...]
-</worksheet>
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="9" baseType="lpstr">
+      <vt:lpstr>Cover</vt:lpstr>
+      <vt:lpstr>Accommodations</vt:lpstr>
+      <vt:lpstr>Transportation</vt:lpstr>
+      <vt:lpstr>Activities</vt:lpstr>
+      <vt:lpstr>Meals</vt:lpstr>
+      <vt:lpstr>Program Leader</vt:lpstr>
+      <vt:lpstr>Students</vt:lpstr>
+      <vt:lpstr>Program Fee</vt:lpstr>
+      <vt:lpstr>Calculations</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Arianna Huhn</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Arianna Huhn</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>