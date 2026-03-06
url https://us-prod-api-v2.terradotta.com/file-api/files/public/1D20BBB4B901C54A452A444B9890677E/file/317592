--- v1 (2026-01-06)
+++ v2 (2026-03-06)
@@ -1,390 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://csusanbernardino-my.sharepoint.com/personal/005392136_csusb_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1714" documentId="11_11DAFD68D273B45D9C06A1D016C160AE129E56C6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{43FA2C97-EB48-4DA9-8E87-34C4D3C5CEC3}"/>
+  <xr:revisionPtr revIDLastSave="2099" documentId="11_11DAFD68D273B45D9C06A1D016C160AE129E56C6" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B59DF95B-618B-45DD-83FA-DDBF93B4A2B0}"/>
   <bookViews>
-    <workbookView xWindow="1125" yWindow="300" windowWidth="25050" windowHeight="14475" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="15" r:id="rId1"/>
     <sheet name="Accommodations" sheetId="9" r:id="rId2"/>
     <sheet name="Transportation" sheetId="10" r:id="rId3"/>
     <sheet name="Activities" sheetId="13" r:id="rId4"/>
     <sheet name="Meals" sheetId="12" r:id="rId5"/>
     <sheet name="Program Leader" sheetId="11" r:id="rId6"/>
     <sheet name="Students" sheetId="14" r:id="rId7"/>
-    <sheet name="Program Fee" sheetId="16" r:id="rId8"/>
-    <sheet name="Calculations" sheetId="1" r:id="rId9"/>
+    <sheet name="ADMIN ONLY Program Fee" sheetId="16" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId12" roundtripDataChecksum="+XAosVUEScicWcTIjkZuREnvFpi0fLP6EXByA/emTe8="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E20" i="16" l="1"/>
   <c r="E13" i="16"/>
   <c r="E24" i="16" s="1"/>
   <c r="H16" i="16"/>
   <c r="H21" i="16" s="1"/>
-  <c r="N18" i="1"/>
-[...7 lines deleted...]
-  <c r="N11" i="1"/>
   <c r="E27" i="16" l="1"/>
-  <c r="N12" i="1"/>
-[...5 lines deleted...]
-  <c r="N26" i="1" s="1"/>
 </calcChain>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>tc={C3CB55FE-45CB-4318-B7E9-95D77D925182}</author>
+  </authors>
+  <commentList>
+    <comment ref="H7" authorId="0" shapeId="0" xr:uid="{C3CB55FE-45CB-4318-B7E9-95D77D925182}">
+      <text>
+        <t>[Threaded comment]
+Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
+Comment:
+    This amount will be used to estimate student out of pocket expenses, as well as faculty meal budget.</t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="210">
-[...11 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="158">
   <si>
     <t>Local Currency</t>
   </si>
   <si>
-    <t>Provide the  rate used to calculate local currency to USD in this budget</t>
-[...46 lines deleted...]
-  <si>
     <t>Other Expenses</t>
   </si>
   <si>
-    <t>First Aid Kit (mandatory $65 per Program Director)</t>
-[...81 lines deleted...]
-  <si>
     <t>Other</t>
   </si>
   <si>
-    <t>Quad Room, rate per room</t>
-[...43 lines deleted...]
-  <si>
     <t>Accommodations</t>
   </si>
   <si>
     <t>Activities</t>
   </si>
   <si>
     <t># Nights</t>
   </si>
   <si>
     <t>Meals</t>
   </si>
   <si>
     <t>Breakfast</t>
   </si>
   <si>
     <t>Lunch</t>
   </si>
   <si>
     <t>Dinner</t>
   </si>
   <si>
     <t>Cost Per Person</t>
   </si>
   <si>
     <t>Laundry</t>
   </si>
   <si>
     <t>Passport application / renewal</t>
   </si>
   <si>
     <t>Medical expenses</t>
   </si>
   <si>
     <t>Alcoholic beverages</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Transportation</t>
   </si>
   <si>
-    <t>Journey Type</t>
-[...1 lines deleted...]
-  <si>
     <t>Vehicle Type</t>
   </si>
   <si>
     <t># Participants</t>
   </si>
   <si>
     <t>Group Activity Costs</t>
   </si>
   <si>
     <t>Cost for Group</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">1. Fill in each yellow rectangle below. </t>
   </si>
   <si>
     <t>Accommodation 1</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Room Type</t>
   </si>
   <si>
     <t>Inclusions</t>
   </si>
   <si>
     <t>Enter values in USD.</t>
   </si>
@@ -608,212 +411,118 @@
   <si>
     <t>Airport Transfer in Program Country (Arrival)</t>
   </si>
   <si>
     <t>Airport Transfer in Program Country (Departure)</t>
   </si>
   <si>
     <t>Only include expense if not accounted for elsewhere in this budget sheet &amp; you require reimbursement</t>
   </si>
   <si>
     <t>International Travel</t>
   </si>
   <si>
     <t>Travel Visa / Pre-Registration</t>
   </si>
   <si>
     <t>Program Administration</t>
   </si>
   <si>
     <t>Teaching Supplies</t>
   </si>
   <si>
     <t>Cannot be Reimbursed</t>
   </si>
   <si>
-    <t>Additional Transporation in Program Country 
-[...2 lines deleted...]
-  <si>
     <t>Personal travel and entertainment</t>
   </si>
   <si>
     <t>ADDITIONAL REIMBURSABLE PROGRAM LEADER EXPENSES</t>
   </si>
   <si>
     <t>Additional Nights at Hotel Before Students Arrive
 to Support Program Needs</t>
   </si>
   <si>
     <t>Additional Nights at Hotel After Students Leave
 to Support Program Needs</t>
   </si>
   <si>
     <t xml:space="preserve">Up to 2 nights before students arrive and 2 nights after students leave is permitted where required for program administration. </t>
   </si>
   <si>
     <t>Cost in USD</t>
   </si>
   <si>
-    <t>Location</t>
-[...1 lines deleted...]
-  <si>
     <t>MEALS</t>
   </si>
   <si>
     <t>Meal</t>
-  </si>
-[...18 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Approximate Cost 
 Per Meal </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(high end)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Recommended Budget Per Day Per Meal
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(when meal is not provided)</t>
     </r>
   </si>
   <si>
-    <r>
-[...46 lines deleted...]
-  <si>
     <t>Activity</t>
   </si>
   <si>
-    <t>Meals Covered by Cash Disbursement</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Meal </t>
   </si>
   <si>
     <t>Enter Values in USD</t>
   </si>
   <si>
-    <t>Additional Group Meals</t>
-[...10 lines deleted...]
-  <si>
     <t>Snack</t>
-  </si>
-[...2 lines deleted...]
-Third Party or Accommodation Costs</t>
   </si>
   <si>
     <t>ACTIVITIES</t>
   </si>
   <si>
     <r>
       <t>Per Person Activity Costs</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Use the "per person activity costs" chart for activity costs that are calculated per person, for example museum entrance, theatre or tour ticket, workshop fee.</t>
   </si>
   <si>
     <t>Where other room types are available(eg, triples, dorm rooms) list them and their rates. 
 This helps us with planning in the case of a gender imbalance, etc.</t>
@@ -923,95 +632,50 @@
   <si>
     <t>Use the "group activity costs" chart for activity costs that remain stable regardless of how many participants are in the group, including space use fees, tour guides, guest lectures, and similar.</t>
   </si>
   <si>
     <t>PROGRAM FEE ESTIMATE</t>
   </si>
   <si>
     <t>Program Admin</t>
   </si>
   <si>
     <t>Other International Travel</t>
   </si>
   <si>
     <t>RT International Airfare</t>
   </si>
   <si>
     <t># Program Leaders</t>
   </si>
   <si>
     <t>Total Cost for Leaders</t>
   </si>
   <si>
     <t>Total Estimated Program Fee</t>
   </si>
   <si>
-    <r>
-[...43 lines deleted...]
-  <si>
     <t>Travel Insurance *</t>
   </si>
   <si>
     <t>* Travel insurance rates are estimated to be $60 for a program 1-15 days, and $80 for a program 16-31 days, including travel days.</t>
   </si>
   <si>
     <t>Total Direct Cost per Participant</t>
   </si>
   <si>
     <r>
       <t>Program Leader Costs</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
@@ -1043,176 +707,270 @@
   <si>
     <r>
       <t xml:space="preserve">Individual Costs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>to be included in program fee</t>
     </r>
   </si>
   <si>
     <t>Additional Student Out of Pocket Expenses</t>
   </si>
   <si>
     <t>Tuition</t>
   </si>
   <si>
     <t>Airfare</t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Approximate Cost Per Meal </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(low end)</t>
+    </r>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Estimated Cost for Meals in Country</t>
+  </si>
+  <si>
+    <t>Meals Included in accommodation costs (no additional cost)</t>
+  </si>
+  <si>
+    <t>Does the above include a welcome meal?</t>
+  </si>
+  <si>
+    <t>Does the above include a farewell meal?</t>
+  </si>
+  <si>
+    <t>Meals included in activity costs 
+(no additional cost)</t>
+  </si>
+  <si>
+    <t>Meals provided by 3rd party provider 
+(no additional cost)</t>
+  </si>
+  <si>
+    <t># Included with Activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> # Included with 
+Accomodations</t>
+  </si>
+  <si>
+    <t># Additional Meals Included in
+3rd Party Provider Fees</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Meals Provided for Participants </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(any additional costs will be incorporated into program fee)</t>
+    </r>
+  </si>
+  <si>
+    <t>Amount Per Person</t>
+  </si>
+  <si>
+    <t>Explanation for funds request</t>
+  </si>
+  <si>
+    <t>Amount Requested ($ USD)</t>
+  </si>
+  <si>
+    <t>If included in third party provider fee, leave blank.</t>
+  </si>
+  <si>
+    <t>Individual Transporation in Program Country 
+to Support Program Needs</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Program Leaders are </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>NOT</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> required to complete this page</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>but can use it to begin to get a sense of the likely program fee.</t>
+    </r>
+  </si>
+  <si>
+    <t>RT or 1-way</t>
+  </si>
+  <si>
+    <t># Additional Meals Covered through Program</t>
+  </si>
+  <si>
+    <t>Additional Meals Covered Through Program
+(costs added to program fee)</t>
+  </si>
+  <si>
+    <t>Are you requesting any additional funds for hospitality?</t>
+  </si>
+  <si>
+    <t>-Accommodations</t>
+  </si>
+  <si>
+    <t>-Transportation</t>
+  </si>
+  <si>
+    <t>-Activities</t>
+  </si>
+  <si>
+    <t>-Meals</t>
+  </si>
+  <si>
+    <t>-Program Leader</t>
+  </si>
+  <si>
+    <t>-Students</t>
+  </si>
+  <si>
+    <t>-Cover</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="58">
+  <fonts count="51">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
+      <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...17 lines deleted...]
-      <b/>
       <sz val="12"/>
       <color theme="4"/>
       <name val="Aptos Narrow"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
-    </font>
-[...40 lines deleted...]
-      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFF00"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFF00"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
@@ -1351,175 +1109,189 @@
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
-      <color rgb="FF7030A0"/>
-[...16 lines deleted...]
-      <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
-      <name val="Aptos Narrow"/>
-[...12 lines deleted...]
-      <color theme="8" tint="-0.499984740745262"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <u/>
-      <sz val="16"/>
+      <sz val="14"/>
+      <color theme="6"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="6"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="6"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
-      <sz val="16"/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-      <color theme="6"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="25">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7F7F7F"/>
         <bgColor rgb="FF7F7F7F"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFFCC"/>
-      </patternFill>
-[...10 lines deleted...]
-        <bgColor theme="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor theme="7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor theme="7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.499984740745262"/>
         <bgColor rgb="FF7F7F7F"/>
       </patternFill>
@@ -1586,386 +1358,70 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor rgb="FF7F7F7F"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFB7B9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="133">
-[...333 lines deleted...]
-    </border>
+  <borders count="101">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
@@ -2368,61 +1824,50 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...9 lines deleted...]
-      <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
@@ -2723,313 +2168,120 @@
       <right/>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...128 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="medium">
-        <color theme="1"/>
-[...11 lines deleted...]
-      <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...11 lines deleted...]
-      <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
@@ -3047,74 +2299,50 @@
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...22 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
@@ -3137,1142 +2365,1261 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="495">
+  <cellXfs count="424">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="1" fontId="14" fillId="12" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="12" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="7" fillId="14" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="12" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="10" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="28" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="14" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="41" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="26" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="14" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="55" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="56" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="42" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="27" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="14" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="14" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="43" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="13" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="55" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="41" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="10" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="11" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="11" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="11" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="14" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="17" fillId="20" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="17" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="17" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="10" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="6" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="2" fontId="15" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="82" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="83" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="15" borderId="84" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="82" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="83" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="84" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="83" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="15" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="82" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="82" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="84" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="81" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="23" borderId="82" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="83" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="23" borderId="85" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="23" borderId="84" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="37" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="16" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="86" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="97" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="9" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="99" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="31" fillId="14" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="14" fillId="12" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="14" fillId="3" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="9" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="13" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="23" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="17" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="14" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="16" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="14" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="87" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...48 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="13" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...690 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="81" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="9" borderId="92" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="9" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...41 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="14" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="14" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="39" fillId="21" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-[...80 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="50" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="18">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF83CAEB"/>
           <bgColor rgb="FF83CAEB"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFC1E4F5"/>
           <bgColor rgb="FFC1E4F5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4"/>
@@ -4414,124 +3761,73 @@
     </tableStyle>
     <tableStyle name="Calculations-style 3" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF02000000}">
       <tableStyleElement type="headerRow" dxfId="11"/>
       <tableStyleElement type="firstRowStripe" dxfId="10"/>
       <tableStyleElement type="secondRowStripe" dxfId="9"/>
     </tableStyle>
     <tableStyle name="Calculations-style 4" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF03000000}">
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="secondRowStripe" dxfId="6"/>
     </tableStyle>
     <tableStyle name="Calculations-style 5" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF04000000}">
       <tableStyleElement type="headerRow" dxfId="5"/>
       <tableStyleElement type="firstRowStripe" dxfId="4"/>
       <tableStyleElement type="secondRowStripe" dxfId="3"/>
     </tableStyle>
     <tableStyle name="Calculations-style 6" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF05000000}">
       <tableStyleElement type="headerRow" dxfId="2"/>
       <tableStyleElement type="firstRowStripe" dxfId="1"/>
       <tableStyleElement type="secondRowStripe" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
+      <color rgb="FFFFB7B9"/>
       <color rgb="FFFF7C80"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-[...53 lines deleted...]
-</table>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <person displayName="Arianna Huhn" id="{901AF859-9B2D-4B03-8FEB-A3FABB7C72A3}" userId="S::005392136@csusb.edu::d3a4fab6-e757-4581-bcc5-83a5b7008145" providerId="AD"/>
+</personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4686,2665 +3982,2717 @@
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
+<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
+<ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="H7" dT="2026-01-16T17:43:48.80" personId="{901AF859-9B2D-4B03-8FEB-A3FABB7C72A3}" id="{C3CB55FE-45CB-4318-B7E9-95D77D925182}">
+    <text>This amount will be used to estimate student out of pocket expenses, as well as faculty meal budget.</text>
+  </threadedComment>
+</ThreadedComments>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D664AC1E-20F1-4B4A-8841-8AD754C8A761}">
-  <dimension ref="B2:E13"/>
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
+  <dimension ref="B2:E20"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="36.140625" customWidth="1"/>
     <col min="3" max="3" width="38.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="21">
-      <c r="B2" s="268" t="s">
-[...4 lines deleted...]
-      <c r="E2" s="50"/>
+      <c r="B2" s="254" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" s="254"/>
+      <c r="D2" s="119"/>
+      <c r="E2" s="3"/>
     </row>
     <row r="4" spans="2:5">
-      <c r="B4" s="76" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="222"/>
+      <c r="B4" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" s="120"/>
     </row>
     <row r="5" spans="2:5">
-      <c r="B5" s="76" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="222"/>
+      <c r="B5" s="29" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" s="120"/>
     </row>
     <row r="6" spans="2:5">
-      <c r="B6" s="76" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="222"/>
+      <c r="B6" s="29" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" s="120"/>
     </row>
     <row r="7" spans="2:5">
-      <c r="B7" s="59" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="222"/>
+      <c r="B7" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C7" s="120"/>
     </row>
     <row r="8" spans="2:5">
-      <c r="B8" s="76" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="222"/>
+      <c r="B8" s="29" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" s="120"/>
     </row>
     <row r="9" spans="2:5">
-      <c r="B9" s="76"/>
+      <c r="B9" s="29"/>
     </row>
     <row r="10" spans="2:5">
-      <c r="B10" s="76" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="222"/>
+      <c r="B10" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="120"/>
     </row>
     <row r="11" spans="2:5">
-      <c r="B11" s="59" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="222"/>
+      <c r="B11" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" s="120"/>
     </row>
     <row r="13" spans="2:5">
-      <c r="B13" s="86" t="s">
-        <v>180</v>
+      <c r="B13" s="423" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5">
+      <c r="B14" s="422" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5">
+      <c r="B15" s="420" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5">
+      <c r="B16" s="421" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="17" spans="2:2">
+      <c r="B17" s="421" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="18" spans="2:2">
+      <c r="B18" s="421" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19" spans="2:2">
+      <c r="B19" s="421" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="2:2">
+      <c r="B20" s="421" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:C2"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:C7" xr:uid="{40AA8581-B7DF-46DF-96B9-F9220DEFDAE5}">
       <formula1>"Spring Break,Winter,Summer"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88A31DFC-B03E-4E9C-8222-E66F85A9CA80}">
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
   <dimension ref="A1:R150"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+      <selection activeCell="D9" sqref="D9:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" customWidth="1"/>
     <col min="4" max="4" width="23.85546875" customWidth="1"/>
     <col min="5" max="5" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
-    <col min="7" max="7" width="3.28515625" style="52" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="18" width="8.5703125" style="52" customWidth="1"/>
+    <col min="7" max="7" width="3.28515625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="3.5703125" style="5" customWidth="1"/>
+    <col min="9" max="18" width="8.5703125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:18" ht="15" customHeight="1">
-      <c r="B2" s="100"/>
-[...5 lines deleted...]
-      <c r="H2" s="58"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="44"/>
+      <c r="H2" s="11"/>
     </row>
     <row r="3" spans="2:18" ht="21">
-      <c r="B3" s="90"/>
-[...16 lines deleted...]
-      <c r="R3" s="177"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="254" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="255"/>
+      <c r="G3" s="45"/>
+      <c r="I3" s="85"/>
+      <c r="J3" s="85"/>
+      <c r="K3" s="85"/>
+      <c r="L3" s="85"/>
+      <c r="M3" s="85"/>
+      <c r="N3" s="85"/>
+      <c r="O3" s="85"/>
+      <c r="P3" s="85"/>
+      <c r="Q3" s="85"/>
+      <c r="R3" s="85"/>
     </row>
     <row r="4" spans="2:18" ht="18.75">
-      <c r="B4" s="90"/>
-[...6 lines deleted...]
-      <c r="G4" s="95"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="256" t="s">
+        <v>92</v>
+      </c>
+      <c r="D4" s="256"/>
+      <c r="E4" s="256"/>
+      <c r="F4" s="257"/>
+      <c r="G4" s="45"/>
     </row>
     <row r="5" spans="2:18" ht="15.75">
-      <c r="B5" s="90"/>
-[...6 lines deleted...]
-      <c r="G5" s="96"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="53"/>
+      <c r="E5" s="53"/>
+      <c r="F5" s="54"/>
+      <c r="G5" s="46"/>
     </row>
     <row r="6" spans="2:18" ht="15.75">
-      <c r="B6" s="90"/>
-[...4 lines deleted...]
-      <c r="G6" s="96"/>
+      <c r="B6" s="40"/>
+      <c r="C6" s="52"/>
+      <c r="D6" s="53"/>
+      <c r="E6" s="53"/>
+      <c r="F6" s="54"/>
+      <c r="G6" s="46"/>
     </row>
     <row r="7" spans="2:18" ht="15.75" thickBot="1">
-      <c r="B7" s="90"/>
-[...6 lines deleted...]
-      <c r="G7" s="97"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="264" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="264"/>
+      <c r="E7" s="264"/>
+      <c r="F7" s="264"/>
+      <c r="G7" s="47"/>
     </row>
     <row r="8" spans="2:18" ht="15.75" customHeight="1">
-      <c r="B8" s="90"/>
-[...18 lines deleted...]
-      <c r="R8" s="271"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="258"/>
+      <c r="E8" s="259"/>
+      <c r="F8" s="260"/>
+      <c r="G8" s="48"/>
+      <c r="I8" s="274" t="s">
+        <v>38</v>
+      </c>
+      <c r="J8" s="274"/>
+      <c r="K8" s="274"/>
+      <c r="L8" s="274"/>
+      <c r="M8" s="274"/>
+      <c r="N8" s="274"/>
+      <c r="O8" s="274"/>
+      <c r="P8" s="274"/>
+      <c r="Q8" s="274"/>
+      <c r="R8" s="274"/>
     </row>
     <row r="9" spans="2:18" ht="15.75">
-      <c r="B9" s="90"/>
-[...16 lines deleted...]
-      <c r="R9" s="271"/>
+      <c r="B9" s="40"/>
+      <c r="C9" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="261"/>
+      <c r="E9" s="262"/>
+      <c r="F9" s="263"/>
+      <c r="G9" s="48"/>
+      <c r="I9" s="274"/>
+      <c r="J9" s="274"/>
+      <c r="K9" s="274"/>
+      <c r="L9" s="274"/>
+      <c r="M9" s="274"/>
+      <c r="N9" s="274"/>
+      <c r="O9" s="274"/>
+      <c r="P9" s="274"/>
+      <c r="Q9" s="274"/>
+      <c r="R9" s="274"/>
     </row>
     <row r="10" spans="2:18">
-      <c r="B10" s="90"/>
-[...16 lines deleted...]
-      <c r="R10" s="271"/>
+      <c r="B10" s="40"/>
+      <c r="C10" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="261"/>
+      <c r="E10" s="262"/>
+      <c r="F10" s="263"/>
+      <c r="G10" s="49"/>
+      <c r="I10" s="274"/>
+      <c r="J10" s="274"/>
+      <c r="K10" s="274"/>
+      <c r="L10" s="274"/>
+      <c r="M10" s="274"/>
+      <c r="N10" s="274"/>
+      <c r="O10" s="274"/>
+      <c r="P10" s="274"/>
+      <c r="Q10" s="274"/>
+      <c r="R10" s="274"/>
     </row>
     <row r="11" spans="2:18" ht="4.5" customHeight="1">
-      <c r="B11" s="90"/>
-[...4 lines deleted...]
-      <c r="G11" s="97"/>
+      <c r="B11" s="40"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="17"/>
+      <c r="E11" s="17"/>
+      <c r="F11" s="140"/>
+      <c r="G11" s="47"/>
     </row>
     <row r="12" spans="2:18" ht="15.75" customHeight="1">
-      <c r="B12" s="90"/>
-      <c r="C12" s="245" t="s">
+      <c r="B12" s="40"/>
+      <c r="C12" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="14"/>
+      <c r="E12" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="142"/>
+      <c r="G12" s="43"/>
+      <c r="I12" s="271" t="s">
+        <v>39</v>
+      </c>
+      <c r="J12" s="271"/>
+      <c r="K12" s="271"/>
+      <c r="L12" s="271"/>
+      <c r="M12" s="271"/>
+      <c r="N12" s="271"/>
+      <c r="O12" s="271"/>
+      <c r="P12" s="271"/>
+      <c r="Q12" s="271"/>
+      <c r="R12" s="271"/>
+    </row>
+    <row r="13" spans="2:18" ht="15.75" customHeight="1">
+      <c r="B13" s="40"/>
+      <c r="C13" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="14"/>
+      <c r="E13" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" s="142"/>
+      <c r="G13" s="43"/>
+      <c r="I13" s="272" t="s">
+        <v>40</v>
+      </c>
+      <c r="J13" s="272"/>
+      <c r="K13" s="272"/>
+      <c r="L13" s="272"/>
+      <c r="M13" s="272"/>
+      <c r="N13" s="272"/>
+      <c r="O13" s="272"/>
+      <c r="P13" s="272"/>
+      <c r="Q13" s="272"/>
+      <c r="R13" s="272"/>
+    </row>
+    <row r="14" spans="2:18" ht="15.75">
+      <c r="B14" s="40"/>
+      <c r="C14" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" s="14"/>
+      <c r="E14" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="142"/>
+      <c r="G14" s="43"/>
+      <c r="I14" s="273" t="s">
         <v>89</v>
       </c>
-      <c r="D12" s="61"/>
-[...64 lines deleted...]
-      <c r="R14" s="270"/>
+      <c r="J14" s="273"/>
+      <c r="K14" s="273"/>
+      <c r="L14" s="273"/>
+      <c r="M14" s="273"/>
+      <c r="N14" s="273"/>
+      <c r="O14" s="273"/>
+      <c r="P14" s="273"/>
+      <c r="Q14" s="273"/>
+      <c r="R14" s="273"/>
     </row>
     <row r="15" spans="2:18" ht="15.75">
-      <c r="B15" s="90"/>
-[...18 lines deleted...]
-      <c r="R15" s="178"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="14"/>
+      <c r="E15" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" s="142"/>
+      <c r="G15" s="43"/>
+      <c r="I15" s="86"/>
+      <c r="J15" s="86"/>
+      <c r="K15" s="86"/>
+      <c r="L15" s="86"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="86"/>
+      <c r="O15" s="86"/>
+      <c r="P15" s="86"/>
+      <c r="Q15" s="86"/>
+      <c r="R15" s="86"/>
     </row>
     <row r="16" spans="2:18" ht="15.75" customHeight="1">
-      <c r="B16" s="90"/>
-[...18 lines deleted...]
-      <c r="R16" s="178"/>
+      <c r="B16" s="40"/>
+      <c r="C16" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="14"/>
+      <c r="E16" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" s="142"/>
+      <c r="G16" s="43"/>
+      <c r="I16" s="86"/>
+      <c r="J16" s="86"/>
+      <c r="K16" s="86"/>
+      <c r="L16" s="86"/>
+      <c r="M16" s="86"/>
+      <c r="N16" s="86"/>
+      <c r="O16" s="86"/>
+      <c r="P16" s="86"/>
+      <c r="Q16" s="86"/>
+      <c r="R16" s="86"/>
     </row>
     <row r="17" spans="1:18" ht="15.75">
-      <c r="B17" s="90"/>
-[...18 lines deleted...]
-      <c r="R17" s="178"/>
+      <c r="B17" s="40"/>
+      <c r="C17" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="14"/>
+      <c r="E17" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F17" s="142"/>
+      <c r="G17" s="43"/>
+      <c r="I17" s="86"/>
+      <c r="J17" s="86"/>
+      <c r="K17" s="86"/>
+      <c r="L17" s="86"/>
+      <c r="M17" s="86"/>
+      <c r="N17" s="86"/>
+      <c r="O17" s="86"/>
+      <c r="P17" s="86"/>
+      <c r="Q17" s="86"/>
+      <c r="R17" s="86"/>
     </row>
     <row r="18" spans="1:18" ht="15.75">
-      <c r="B18" s="90"/>
-[...18 lines deleted...]
-      <c r="R18" s="178"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="14"/>
+      <c r="E18" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" s="142"/>
+      <c r="G18" s="49"/>
+      <c r="I18" s="86"/>
+      <c r="J18" s="86"/>
+      <c r="K18" s="86"/>
+      <c r="L18" s="86"/>
+      <c r="M18" s="86"/>
+      <c r="N18" s="86"/>
+      <c r="O18" s="86"/>
+      <c r="P18" s="86"/>
+      <c r="Q18" s="86"/>
+      <c r="R18" s="86"/>
     </row>
     <row r="19" spans="1:18" ht="6" customHeight="1">
-      <c r="B19" s="90"/>
-[...16 lines deleted...]
-      <c r="R19" s="177"/>
+      <c r="B19" s="40"/>
+      <c r="C19" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D19" s="15"/>
+      <c r="E19" s="15"/>
+      <c r="F19" s="144"/>
+      <c r="G19" s="47"/>
+      <c r="I19" s="85"/>
+      <c r="J19" s="85"/>
+      <c r="K19" s="85"/>
+      <c r="L19" s="85"/>
+      <c r="M19" s="85"/>
+      <c r="N19" s="85"/>
+      <c r="O19" s="85"/>
+      <c r="P19" s="85"/>
+      <c r="Q19" s="85"/>
+      <c r="R19" s="85"/>
     </row>
     <row r="20" spans="1:18" ht="45" customHeight="1">
-      <c r="B20" s="90"/>
-[...18 lines deleted...]
-      <c r="R20" s="269"/>
+      <c r="B20" s="40"/>
+      <c r="C20" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="265"/>
+      <c r="E20" s="265"/>
+      <c r="F20" s="266"/>
+      <c r="G20" s="43"/>
+      <c r="I20" s="271" t="s">
+        <v>42</v>
+      </c>
+      <c r="J20" s="271"/>
+      <c r="K20" s="271"/>
+      <c r="L20" s="271"/>
+      <c r="M20" s="271"/>
+      <c r="N20" s="271"/>
+      <c r="O20" s="271"/>
+      <c r="P20" s="271"/>
+      <c r="Q20" s="271"/>
+      <c r="R20" s="271"/>
     </row>
     <row r="21" spans="1:18" ht="4.5" customHeight="1">
-      <c r="B21" s="90"/>
-[...14 lines deleted...]
-      <c r="R21" s="177"/>
+      <c r="B21" s="40"/>
+      <c r="C21" s="145"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="146"/>
+      <c r="G21" s="43"/>
+      <c r="I21" s="85"/>
+      <c r="J21" s="85"/>
+      <c r="K21" s="85"/>
+      <c r="L21" s="85"/>
+      <c r="M21" s="85"/>
+      <c r="N21" s="85"/>
+      <c r="O21" s="85"/>
+      <c r="P21" s="85"/>
+      <c r="Q21" s="85"/>
+      <c r="R21" s="85"/>
     </row>
     <row r="22" spans="1:18">
-      <c r="B22" s="90"/>
-[...18 lines deleted...]
-      <c r="R22" s="269"/>
+      <c r="B22" s="40"/>
+      <c r="C22" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="267"/>
+      <c r="E22" s="267"/>
+      <c r="F22" s="268"/>
+      <c r="G22" s="43"/>
+      <c r="I22" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="J22" s="271"/>
+      <c r="K22" s="271"/>
+      <c r="L22" s="271"/>
+      <c r="M22" s="271"/>
+      <c r="N22" s="271"/>
+      <c r="O22" s="271"/>
+      <c r="P22" s="271"/>
+      <c r="Q22" s="271"/>
+      <c r="R22" s="271"/>
     </row>
     <row r="23" spans="1:18" ht="15.75" thickBot="1">
-      <c r="B23" s="90"/>
-[...16 lines deleted...]
-      <c r="R23" s="177"/>
+      <c r="B23" s="40"/>
+      <c r="C23" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D23" s="148"/>
+      <c r="E23" s="269"/>
+      <c r="F23" s="270"/>
+      <c r="G23" s="43"/>
+      <c r="I23" s="85"/>
+      <c r="J23" s="85"/>
+      <c r="K23" s="85"/>
+      <c r="L23" s="85"/>
+      <c r="M23" s="85"/>
+      <c r="N23" s="85"/>
+      <c r="O23" s="85"/>
+      <c r="P23" s="85"/>
+      <c r="Q23" s="85"/>
+      <c r="R23" s="85"/>
     </row>
     <row r="24" spans="1:18" ht="29.25" customHeight="1">
-      <c r="B24" s="90"/>
-[...14 lines deleted...]
-      <c r="R24" s="177"/>
+      <c r="B24" s="40"/>
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="42"/>
+      <c r="G24" s="43"/>
+      <c r="I24" s="85"/>
+      <c r="J24" s="85"/>
+      <c r="K24" s="85"/>
+      <c r="L24" s="85"/>
+      <c r="M24" s="85"/>
+      <c r="N24" s="85"/>
+      <c r="O24" s="85"/>
+      <c r="P24" s="85"/>
+      <c r="Q24" s="85"/>
+      <c r="R24" s="85"/>
     </row>
     <row r="25" spans="1:18" ht="15.75" thickBot="1">
-      <c r="A25" s="52"/>
-[...17 lines deleted...]
-      <c r="R25" s="177"/>
+      <c r="A25" s="5"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="264" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" s="264"/>
+      <c r="E25" s="264"/>
+      <c r="F25" s="264"/>
+      <c r="G25" s="8"/>
+      <c r="I25" s="85"/>
+      <c r="J25" s="85"/>
+      <c r="K25" s="85"/>
+      <c r="L25" s="85"/>
+      <c r="M25" s="85"/>
+      <c r="N25" s="85"/>
+      <c r="O25" s="85"/>
+      <c r="P25" s="85"/>
+      <c r="Q25" s="85"/>
+      <c r="R25" s="85"/>
     </row>
     <row r="26" spans="1:18">
-      <c r="A26" s="52"/>
-[...17 lines deleted...]
-      <c r="R26" s="177"/>
+      <c r="A26" s="5"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" s="258"/>
+      <c r="E26" s="259"/>
+      <c r="F26" s="260"/>
+      <c r="G26" s="8"/>
+      <c r="I26" s="85"/>
+      <c r="J26" s="85"/>
+      <c r="K26" s="85"/>
+      <c r="L26" s="85"/>
+      <c r="M26" s="85"/>
+      <c r="N26" s="85"/>
+      <c r="O26" s="85"/>
+      <c r="P26" s="85"/>
+      <c r="Q26" s="85"/>
+      <c r="R26" s="85"/>
     </row>
     <row r="27" spans="1:18">
-      <c r="A27" s="52"/>
-[...17 lines deleted...]
-      <c r="R27" s="177"/>
+      <c r="A27" s="5"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D27" s="261"/>
+      <c r="E27" s="262"/>
+      <c r="F27" s="263"/>
+      <c r="G27" s="7"/>
+      <c r="I27" s="85"/>
+      <c r="J27" s="85"/>
+      <c r="K27" s="85"/>
+      <c r="L27" s="85"/>
+      <c r="M27" s="85"/>
+      <c r="N27" s="85"/>
+      <c r="O27" s="85"/>
+      <c r="P27" s="85"/>
+      <c r="Q27" s="85"/>
+      <c r="R27" s="85"/>
     </row>
     <row r="28" spans="1:18">
-      <c r="A28" s="52"/>
-[...17 lines deleted...]
-      <c r="R28" s="177"/>
+      <c r="A28" s="5"/>
+      <c r="B28" s="4"/>
+      <c r="C28" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="261"/>
+      <c r="E28" s="262"/>
+      <c r="F28" s="263"/>
+      <c r="G28" s="6"/>
+      <c r="I28" s="85"/>
+      <c r="J28" s="85"/>
+      <c r="K28" s="85"/>
+      <c r="L28" s="85"/>
+      <c r="M28" s="85"/>
+      <c r="N28" s="85"/>
+      <c r="O28" s="85"/>
+      <c r="P28" s="85"/>
+      <c r="Q28" s="85"/>
+      <c r="R28" s="85"/>
     </row>
     <row r="29" spans="1:18" ht="6" customHeight="1">
-      <c r="A29" s="52"/>
-[...15 lines deleted...]
-      <c r="R29" s="177"/>
+      <c r="A29" s="5"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="139"/>
+      <c r="D29" s="17"/>
+      <c r="E29" s="17"/>
+      <c r="F29" s="140"/>
+      <c r="G29" s="9"/>
+      <c r="I29" s="85"/>
+      <c r="J29" s="85"/>
+      <c r="K29" s="85"/>
+      <c r="L29" s="85"/>
+      <c r="M29" s="85"/>
+      <c r="N29" s="85"/>
+      <c r="O29" s="85"/>
+      <c r="P29" s="85"/>
+      <c r="Q29" s="85"/>
+      <c r="R29" s="85"/>
     </row>
     <row r="30" spans="1:18" ht="15.75">
-      <c r="A30" s="52"/>
-[...19 lines deleted...]
-      <c r="R30" s="177"/>
+      <c r="A30" s="5"/>
+      <c r="B30" s="4"/>
+      <c r="C30" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" s="14"/>
+      <c r="E30" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" s="142"/>
+      <c r="G30" s="9"/>
+      <c r="I30" s="85"/>
+      <c r="J30" s="85"/>
+      <c r="K30" s="85"/>
+      <c r="L30" s="85"/>
+      <c r="M30" s="85"/>
+      <c r="N30" s="85"/>
+      <c r="O30" s="85"/>
+      <c r="P30" s="85"/>
+      <c r="Q30" s="85"/>
+      <c r="R30" s="85"/>
     </row>
     <row r="31" spans="1:18" ht="15.75">
-      <c r="A31" s="52"/>
-[...19 lines deleted...]
-      <c r="R31" s="177"/>
+      <c r="A31" s="5"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D31" s="14"/>
+      <c r="E31" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" s="142"/>
+      <c r="G31" s="9"/>
+      <c r="I31" s="85"/>
+      <c r="J31" s="85"/>
+      <c r="K31" s="85"/>
+      <c r="L31" s="85"/>
+      <c r="M31" s="85"/>
+      <c r="N31" s="85"/>
+      <c r="O31" s="85"/>
+      <c r="P31" s="85"/>
+      <c r="Q31" s="85"/>
+      <c r="R31" s="85"/>
     </row>
     <row r="32" spans="1:18" ht="15.75">
-      <c r="A32" s="52"/>
-[...19 lines deleted...]
-      <c r="R32" s="177"/>
+      <c r="A32" s="5"/>
+      <c r="B32" s="4"/>
+      <c r="C32" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D32" s="14"/>
+      <c r="E32" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" s="142"/>
+      <c r="G32" s="7"/>
+      <c r="I32" s="85"/>
+      <c r="J32" s="85"/>
+      <c r="K32" s="85"/>
+      <c r="L32" s="85"/>
+      <c r="M32" s="85"/>
+      <c r="N32" s="85"/>
+      <c r="O32" s="85"/>
+      <c r="P32" s="85"/>
+      <c r="Q32" s="85"/>
+      <c r="R32" s="85"/>
     </row>
     <row r="33" spans="1:18" ht="15.75">
-      <c r="A33" s="52"/>
-[...20 lines deleted...]
-      <c r="R33" s="177"/>
+      <c r="A33" s="5"/>
+      <c r="B33" s="4"/>
+      <c r="C33" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" s="14"/>
+      <c r="E33" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" s="142"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="11"/>
+      <c r="I33" s="85"/>
+      <c r="J33" s="85"/>
+      <c r="K33" s="85"/>
+      <c r="L33" s="85"/>
+      <c r="M33" s="85"/>
+      <c r="N33" s="85"/>
+      <c r="O33" s="85"/>
+      <c r="P33" s="85"/>
+      <c r="Q33" s="85"/>
+      <c r="R33" s="85"/>
     </row>
     <row r="34" spans="1:18" ht="15.75">
-      <c r="A34" s="52"/>
-[...9 lines deleted...]
-      <c r="G34" s="54"/>
+      <c r="A34" s="5"/>
+      <c r="B34" s="10"/>
+      <c r="C34" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D34" s="14"/>
+      <c r="E34" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" s="142"/>
+      <c r="G34" s="7"/>
     </row>
     <row r="35" spans="1:18" ht="15.75">
-      <c r="B35" s="57"/>
-[...8 lines deleted...]
-      <c r="G35" s="54"/>
+      <c r="B35" s="10"/>
+      <c r="C35" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D35" s="14"/>
+      <c r="E35" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" s="142"/>
+      <c r="G35" s="7"/>
     </row>
     <row r="36" spans="1:18" ht="15.75">
-      <c r="B36" s="57"/>
-[...8 lines deleted...]
-      <c r="G36" s="54"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D36" s="14"/>
+      <c r="E36" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" s="142"/>
+      <c r="G36" s="7"/>
     </row>
     <row r="37" spans="1:18" ht="6" customHeight="1">
-      <c r="B37" s="57"/>
-[...6 lines deleted...]
-      <c r="G37" s="54"/>
+      <c r="B37" s="10"/>
+      <c r="C37" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" s="15"/>
+      <c r="E37" s="15"/>
+      <c r="F37" s="144"/>
+      <c r="G37" s="7"/>
     </row>
     <row r="38" spans="1:18" ht="33.75" customHeight="1">
-      <c r="B38" s="57"/>
-[...6 lines deleted...]
-      <c r="G38" s="54"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D38" s="265"/>
+      <c r="E38" s="265"/>
+      <c r="F38" s="266"/>
+      <c r="G38" s="7"/>
     </row>
     <row r="39" spans="1:18" ht="3" customHeight="1">
-      <c r="B39" s="57"/>
-[...4 lines deleted...]
-      <c r="G39" s="54"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="145"/>
+      <c r="D39" s="16"/>
+      <c r="E39" s="16"/>
+      <c r="F39" s="146"/>
+      <c r="G39" s="7"/>
     </row>
     <row r="40" spans="1:18">
-      <c r="B40" s="57"/>
-[...6 lines deleted...]
-      <c r="G40" s="54"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" s="267"/>
+      <c r="E40" s="267"/>
+      <c r="F40" s="268"/>
+      <c r="G40" s="7"/>
     </row>
     <row r="41" spans="1:18" ht="15.75" thickBot="1">
-      <c r="B41" s="57"/>
-[...6 lines deleted...]
-      <c r="G41" s="54"/>
+      <c r="B41" s="10"/>
+      <c r="C41" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D41" s="148"/>
+      <c r="E41" s="269"/>
+      <c r="F41" s="270"/>
+      <c r="G41" s="7"/>
     </row>
     <row r="42" spans="1:18" ht="31.5" customHeight="1">
-      <c r="B42" s="57"/>
-[...4 lines deleted...]
-      <c r="G42" s="54"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="7"/>
     </row>
     <row r="43" spans="1:18" ht="15.75" thickBot="1">
-      <c r="B43" s="57"/>
-[...6 lines deleted...]
-      <c r="G43" s="54"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="264" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" s="264"/>
+      <c r="E43" s="264"/>
+      <c r="F43" s="264"/>
+      <c r="G43" s="7"/>
     </row>
     <row r="44" spans="1:18">
-      <c r="B44" s="57"/>
-[...6 lines deleted...]
-      <c r="G44" s="54"/>
+      <c r="B44" s="10"/>
+      <c r="C44" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" s="258"/>
+      <c r="E44" s="259"/>
+      <c r="F44" s="260"/>
+      <c r="G44" s="7"/>
     </row>
     <row r="45" spans="1:18">
-      <c r="B45" s="57"/>
-[...6 lines deleted...]
-      <c r="G45" s="54"/>
+      <c r="B45" s="10"/>
+      <c r="C45" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D45" s="261"/>
+      <c r="E45" s="262"/>
+      <c r="F45" s="263"/>
+      <c r="G45" s="7"/>
     </row>
     <row r="46" spans="1:18">
-      <c r="B46" s="57"/>
-[...25 lines deleted...]
-      <c r="R47" s="86"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D46" s="261"/>
+      <c r="E46" s="262"/>
+      <c r="F46" s="263"/>
+      <c r="G46" s="7"/>
+    </row>
+    <row r="47" spans="1:18" s="31" customFormat="1" ht="6" customHeight="1">
+      <c r="B47" s="121"/>
+      <c r="C47" s="149"/>
+      <c r="D47" s="122"/>
+      <c r="E47" s="122"/>
+      <c r="F47" s="150"/>
+      <c r="G47" s="123"/>
+      <c r="H47" s="36"/>
+      <c r="I47" s="36"/>
+      <c r="J47" s="36"/>
+      <c r="K47" s="36"/>
+      <c r="L47" s="36"/>
+      <c r="M47" s="36"/>
+      <c r="N47" s="36"/>
+      <c r="O47" s="36"/>
+      <c r="P47" s="36"/>
+      <c r="Q47" s="36"/>
+      <c r="R47" s="36"/>
     </row>
     <row r="48" spans="1:18" ht="15.75">
-      <c r="B48" s="57"/>
-[...8 lines deleted...]
-      <c r="G48" s="54"/>
+      <c r="B48" s="10"/>
+      <c r="C48" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D48" s="14"/>
+      <c r="E48" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F48" s="142"/>
+      <c r="G48" s="7"/>
     </row>
     <row r="49" spans="2:7" ht="15.75">
-      <c r="B49" s="57"/>
-[...8 lines deleted...]
-      <c r="G49" s="54"/>
+      <c r="B49" s="10"/>
+      <c r="C49" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D49" s="14"/>
+      <c r="E49" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F49" s="142"/>
+      <c r="G49" s="7"/>
     </row>
     <row r="50" spans="2:7" ht="15.75">
-      <c r="B50" s="57"/>
-[...8 lines deleted...]
-      <c r="G50" s="54"/>
+      <c r="B50" s="10"/>
+      <c r="C50" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D50" s="14"/>
+      <c r="E50" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F50" s="142"/>
+      <c r="G50" s="7"/>
     </row>
     <row r="51" spans="2:7" ht="15.75">
-      <c r="B51" s="57"/>
-[...8 lines deleted...]
-      <c r="G51" s="54"/>
+      <c r="B51" s="10"/>
+      <c r="C51" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D51" s="14"/>
+      <c r="E51" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F51" s="142"/>
+      <c r="G51" s="7"/>
     </row>
     <row r="52" spans="2:7" ht="15.75">
-      <c r="B52" s="57"/>
-[...8 lines deleted...]
-      <c r="G52" s="54"/>
+      <c r="B52" s="10"/>
+      <c r="C52" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D52" s="14"/>
+      <c r="E52" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F52" s="142"/>
+      <c r="G52" s="7"/>
     </row>
     <row r="53" spans="2:7" ht="15.75">
-      <c r="B53" s="57"/>
-[...8 lines deleted...]
-      <c r="G53" s="54"/>
+      <c r="B53" s="10"/>
+      <c r="C53" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D53" s="14"/>
+      <c r="E53" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F53" s="142"/>
+      <c r="G53" s="7"/>
     </row>
     <row r="54" spans="2:7" ht="15.75">
-      <c r="B54" s="57"/>
-[...8 lines deleted...]
-      <c r="G54" s="54"/>
+      <c r="B54" s="10"/>
+      <c r="C54" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D54" s="14"/>
+      <c r="E54" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F54" s="142"/>
+      <c r="G54" s="7"/>
     </row>
     <row r="55" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B55" s="57"/>
-[...6 lines deleted...]
-      <c r="G55" s="54"/>
+      <c r="B55" s="10"/>
+      <c r="C55" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D55" s="15"/>
+      <c r="E55" s="15"/>
+      <c r="F55" s="144"/>
+      <c r="G55" s="7"/>
     </row>
     <row r="56" spans="2:7" ht="31.5" customHeight="1">
-      <c r="B56" s="57"/>
-[...6 lines deleted...]
-      <c r="G56" s="54"/>
+      <c r="B56" s="10"/>
+      <c r="C56" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D56" s="265"/>
+      <c r="E56" s="265"/>
+      <c r="F56" s="266"/>
+      <c r="G56" s="7"/>
     </row>
     <row r="57" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B57" s="57"/>
-[...4 lines deleted...]
-      <c r="G57" s="54"/>
+      <c r="B57" s="10"/>
+      <c r="C57" s="145"/>
+      <c r="D57" s="16"/>
+      <c r="E57" s="16"/>
+      <c r="F57" s="146"/>
+      <c r="G57" s="7"/>
     </row>
     <row r="58" spans="2:7">
-      <c r="B58" s="57"/>
-[...6 lines deleted...]
-      <c r="G58" s="54"/>
+      <c r="B58" s="10"/>
+      <c r="C58" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D58" s="267"/>
+      <c r="E58" s="267"/>
+      <c r="F58" s="268"/>
+      <c r="G58" s="7"/>
     </row>
     <row r="59" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B59" s="57"/>
-[...6 lines deleted...]
-      <c r="G59" s="54"/>
+      <c r="B59" s="10"/>
+      <c r="C59" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D59" s="148"/>
+      <c r="E59" s="269"/>
+      <c r="F59" s="270"/>
+      <c r="G59" s="7"/>
     </row>
     <row r="60" spans="2:7" ht="31.5" customHeight="1">
-      <c r="B60" s="57"/>
-[...4 lines deleted...]
-      <c r="G60" s="54"/>
+      <c r="B60" s="10"/>
+      <c r="C60" s="5"/>
+      <c r="D60" s="5"/>
+      <c r="E60" s="5"/>
+      <c r="F60" s="5"/>
+      <c r="G60" s="7"/>
     </row>
     <row r="61" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B61" s="57"/>
-[...6 lines deleted...]
-      <c r="G61" s="54"/>
+      <c r="B61" s="10"/>
+      <c r="C61" s="264" t="s">
+        <v>33</v>
+      </c>
+      <c r="D61" s="264"/>
+      <c r="E61" s="264"/>
+      <c r="F61" s="264"/>
+      <c r="G61" s="7"/>
     </row>
     <row r="62" spans="2:7">
-      <c r="B62" s="57"/>
-[...6 lines deleted...]
-      <c r="G62" s="54"/>
+      <c r="B62" s="10"/>
+      <c r="C62" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" s="258"/>
+      <c r="E62" s="259"/>
+      <c r="F62" s="260"/>
+      <c r="G62" s="7"/>
     </row>
     <row r="63" spans="2:7">
-      <c r="B63" s="57"/>
-[...6 lines deleted...]
-      <c r="G63" s="54"/>
+      <c r="B63" s="10"/>
+      <c r="C63" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D63" s="261"/>
+      <c r="E63" s="262"/>
+      <c r="F63" s="263"/>
+      <c r="G63" s="7"/>
     </row>
     <row r="64" spans="2:7">
-      <c r="B64" s="57"/>
-[...6 lines deleted...]
-      <c r="G64" s="54"/>
+      <c r="B64" s="10"/>
+      <c r="C64" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D64" s="261"/>
+      <c r="E64" s="262"/>
+      <c r="F64" s="263"/>
+      <c r="G64" s="7"/>
     </row>
     <row r="65" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B65" s="57"/>
-[...4 lines deleted...]
-      <c r="G65" s="54"/>
+      <c r="B65" s="10"/>
+      <c r="C65" s="139"/>
+      <c r="D65" s="17"/>
+      <c r="E65" s="17"/>
+      <c r="F65" s="140"/>
+      <c r="G65" s="7"/>
     </row>
     <row r="66" spans="2:7" ht="15.75">
-      <c r="B66" s="57"/>
-[...8 lines deleted...]
-      <c r="G66" s="54"/>
+      <c r="B66" s="10"/>
+      <c r="C66" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D66" s="14"/>
+      <c r="E66" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F66" s="142"/>
+      <c r="G66" s="7"/>
     </row>
     <row r="67" spans="2:7" ht="15.75">
-      <c r="B67" s="57"/>
-[...8 lines deleted...]
-      <c r="G67" s="54"/>
+      <c r="B67" s="10"/>
+      <c r="C67" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D67" s="14"/>
+      <c r="E67" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F67" s="142"/>
+      <c r="G67" s="7"/>
     </row>
     <row r="68" spans="2:7" ht="15.75">
-      <c r="B68" s="57"/>
-[...8 lines deleted...]
-      <c r="G68" s="54"/>
+      <c r="B68" s="10"/>
+      <c r="C68" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D68" s="14"/>
+      <c r="E68" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F68" s="142"/>
+      <c r="G68" s="7"/>
     </row>
     <row r="69" spans="2:7" ht="15.75">
-      <c r="B69" s="57"/>
-[...8 lines deleted...]
-      <c r="G69" s="54"/>
+      <c r="B69" s="10"/>
+      <c r="C69" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D69" s="14"/>
+      <c r="E69" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F69" s="142"/>
+      <c r="G69" s="7"/>
     </row>
     <row r="70" spans="2:7" ht="15.75">
-      <c r="B70" s="57"/>
-[...8 lines deleted...]
-      <c r="G70" s="54"/>
+      <c r="B70" s="10"/>
+      <c r="C70" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D70" s="14"/>
+      <c r="E70" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F70" s="142"/>
+      <c r="G70" s="7"/>
     </row>
     <row r="71" spans="2:7" ht="15.75">
-      <c r="B71" s="57"/>
-[...8 lines deleted...]
-      <c r="G71" s="54"/>
+      <c r="B71" s="10"/>
+      <c r="C71" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D71" s="14"/>
+      <c r="E71" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F71" s="142"/>
+      <c r="G71" s="7"/>
     </row>
     <row r="72" spans="2:7" ht="15.75">
-      <c r="B72" s="57"/>
-[...8 lines deleted...]
-      <c r="G72" s="54"/>
+      <c r="B72" s="10"/>
+      <c r="C72" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D72" s="14"/>
+      <c r="E72" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F72" s="142"/>
+      <c r="G72" s="7"/>
     </row>
     <row r="73" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B73" s="57"/>
-[...6 lines deleted...]
-      <c r="G73" s="54"/>
+      <c r="B73" s="10"/>
+      <c r="C73" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D73" s="15"/>
+      <c r="E73" s="15"/>
+      <c r="F73" s="144"/>
+      <c r="G73" s="7"/>
     </row>
     <row r="74" spans="2:7" ht="30.75" customHeight="1">
-      <c r="B74" s="57"/>
-[...6 lines deleted...]
-      <c r="G74" s="54"/>
+      <c r="B74" s="10"/>
+      <c r="C74" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D74" s="265"/>
+      <c r="E74" s="265"/>
+      <c r="F74" s="266"/>
+      <c r="G74" s="7"/>
     </row>
     <row r="75" spans="2:7" ht="3" customHeight="1">
-      <c r="B75" s="57"/>
-[...4 lines deleted...]
-      <c r="G75" s="54"/>
+      <c r="B75" s="10"/>
+      <c r="C75" s="145"/>
+      <c r="D75" s="16"/>
+      <c r="E75" s="16"/>
+      <c r="F75" s="146"/>
+      <c r="G75" s="7"/>
     </row>
     <row r="76" spans="2:7">
-      <c r="B76" s="57"/>
-[...6 lines deleted...]
-      <c r="G76" s="54"/>
+      <c r="B76" s="10"/>
+      <c r="C76" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D76" s="267"/>
+      <c r="E76" s="267"/>
+      <c r="F76" s="268"/>
+      <c r="G76" s="7"/>
     </row>
     <row r="77" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B77" s="57"/>
-[...6 lines deleted...]
-      <c r="G77" s="54"/>
+      <c r="B77" s="10"/>
+      <c r="C77" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D77" s="148"/>
+      <c r="E77" s="269"/>
+      <c r="F77" s="270"/>
+      <c r="G77" s="7"/>
     </row>
     <row r="78" spans="2:7" ht="33" customHeight="1">
-      <c r="B78" s="57"/>
-[...4 lines deleted...]
-      <c r="G78" s="54"/>
+      <c r="B78" s="10"/>
+      <c r="C78" s="5"/>
+      <c r="D78" s="5"/>
+      <c r="E78" s="5"/>
+      <c r="F78" s="5"/>
+      <c r="G78" s="7"/>
     </row>
     <row r="79" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B79" s="57"/>
-[...6 lines deleted...]
-      <c r="G79" s="54"/>
+      <c r="B79" s="10"/>
+      <c r="C79" s="264" t="s">
+        <v>34</v>
+      </c>
+      <c r="D79" s="264"/>
+      <c r="E79" s="264"/>
+      <c r="F79" s="264"/>
+      <c r="G79" s="7"/>
     </row>
     <row r="80" spans="2:7">
-      <c r="B80" s="57"/>
-[...6 lines deleted...]
-      <c r="G80" s="54"/>
+      <c r="B80" s="10"/>
+      <c r="C80" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" s="258"/>
+      <c r="E80" s="259"/>
+      <c r="F80" s="260"/>
+      <c r="G80" s="7"/>
     </row>
     <row r="81" spans="2:7">
-      <c r="B81" s="57"/>
-[...6 lines deleted...]
-      <c r="G81" s="54"/>
+      <c r="B81" s="10"/>
+      <c r="C81" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D81" s="261"/>
+      <c r="E81" s="262"/>
+      <c r="F81" s="263"/>
+      <c r="G81" s="7"/>
     </row>
     <row r="82" spans="2:7">
-      <c r="B82" s="57"/>
-[...6 lines deleted...]
-      <c r="G82" s="54"/>
+      <c r="B82" s="10"/>
+      <c r="C82" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D82" s="261"/>
+      <c r="E82" s="262"/>
+      <c r="F82" s="263"/>
+      <c r="G82" s="7"/>
     </row>
     <row r="83" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B83" s="57"/>
-[...4 lines deleted...]
-      <c r="G83" s="54"/>
+      <c r="B83" s="10"/>
+      <c r="C83" s="139"/>
+      <c r="D83" s="17"/>
+      <c r="E83" s="17"/>
+      <c r="F83" s="140"/>
+      <c r="G83" s="7"/>
     </row>
     <row r="84" spans="2:7" ht="15.75">
-      <c r="B84" s="57"/>
-[...8 lines deleted...]
-      <c r="G84" s="54"/>
+      <c r="B84" s="10"/>
+      <c r="C84" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D84" s="14"/>
+      <c r="E84" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F84" s="142"/>
+      <c r="G84" s="7"/>
     </row>
     <row r="85" spans="2:7" ht="15.75">
-      <c r="B85" s="57"/>
-[...8 lines deleted...]
-      <c r="G85" s="54"/>
+      <c r="B85" s="10"/>
+      <c r="C85" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D85" s="14"/>
+      <c r="E85" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F85" s="142"/>
+      <c r="G85" s="7"/>
     </row>
     <row r="86" spans="2:7" ht="15.75">
-      <c r="B86" s="57"/>
-[...8 lines deleted...]
-      <c r="G86" s="54"/>
+      <c r="B86" s="10"/>
+      <c r="C86" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D86" s="14"/>
+      <c r="E86" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F86" s="142"/>
+      <c r="G86" s="7"/>
     </row>
     <row r="87" spans="2:7" ht="15.75">
-      <c r="B87" s="57"/>
-[...8 lines deleted...]
-      <c r="G87" s="54"/>
+      <c r="B87" s="10"/>
+      <c r="C87" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D87" s="14"/>
+      <c r="E87" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F87" s="142"/>
+      <c r="G87" s="7"/>
     </row>
     <row r="88" spans="2:7" ht="15.75">
-      <c r="B88" s="57"/>
-[...8 lines deleted...]
-      <c r="G88" s="54"/>
+      <c r="B88" s="10"/>
+      <c r="C88" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D88" s="14"/>
+      <c r="E88" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F88" s="142"/>
+      <c r="G88" s="7"/>
     </row>
     <row r="89" spans="2:7" ht="15.75">
-      <c r="B89" s="57"/>
-[...8 lines deleted...]
-      <c r="G89" s="54"/>
+      <c r="B89" s="10"/>
+      <c r="C89" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D89" s="14"/>
+      <c r="E89" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F89" s="142"/>
+      <c r="G89" s="7"/>
     </row>
     <row r="90" spans="2:7" ht="15.75">
-      <c r="B90" s="57"/>
-[...8 lines deleted...]
-      <c r="G90" s="54"/>
+      <c r="B90" s="10"/>
+      <c r="C90" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D90" s="14"/>
+      <c r="E90" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F90" s="142"/>
+      <c r="G90" s="7"/>
     </row>
     <row r="91" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B91" s="57"/>
-[...6 lines deleted...]
-      <c r="G91" s="54"/>
+      <c r="B91" s="10"/>
+      <c r="C91" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D91" s="15"/>
+      <c r="E91" s="15"/>
+      <c r="F91" s="144"/>
+      <c r="G91" s="7"/>
     </row>
     <row r="92" spans="2:7" ht="32.25" customHeight="1">
-      <c r="B92" s="57"/>
-[...6 lines deleted...]
-      <c r="G92" s="54"/>
+      <c r="B92" s="10"/>
+      <c r="C92" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D92" s="265"/>
+      <c r="E92" s="265"/>
+      <c r="F92" s="266"/>
+      <c r="G92" s="7"/>
     </row>
     <row r="93" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B93" s="57"/>
-[...4 lines deleted...]
-      <c r="G93" s="54"/>
+      <c r="B93" s="10"/>
+      <c r="C93" s="145"/>
+      <c r="D93" s="16"/>
+      <c r="E93" s="16"/>
+      <c r="F93" s="146"/>
+      <c r="G93" s="7"/>
     </row>
     <row r="94" spans="2:7">
-      <c r="B94" s="57"/>
-[...6 lines deleted...]
-      <c r="G94" s="54"/>
+      <c r="B94" s="10"/>
+      <c r="C94" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D94" s="267"/>
+      <c r="E94" s="267"/>
+      <c r="F94" s="268"/>
+      <c r="G94" s="7"/>
     </row>
     <row r="95" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B95" s="57"/>
-[...6 lines deleted...]
-      <c r="G95" s="54"/>
+      <c r="B95" s="10"/>
+      <c r="C95" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D95" s="148"/>
+      <c r="E95" s="269"/>
+      <c r="F95" s="270"/>
+      <c r="G95" s="7"/>
     </row>
     <row r="96" spans="2:7" ht="32.25" customHeight="1">
-      <c r="B96" s="57"/>
-[...4 lines deleted...]
-      <c r="G96" s="54"/>
+      <c r="B96" s="10"/>
+      <c r="C96" s="5"/>
+      <c r="D96" s="5"/>
+      <c r="E96" s="5"/>
+      <c r="F96" s="5"/>
+      <c r="G96" s="7"/>
     </row>
     <row r="97" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B97" s="57"/>
-[...6 lines deleted...]
-      <c r="G97" s="54"/>
+      <c r="B97" s="10"/>
+      <c r="C97" s="264" t="s">
+        <v>35</v>
+      </c>
+      <c r="D97" s="264"/>
+      <c r="E97" s="264"/>
+      <c r="F97" s="264"/>
+      <c r="G97" s="7"/>
     </row>
     <row r="98" spans="2:7">
-      <c r="B98" s="57"/>
-[...6 lines deleted...]
-      <c r="G98" s="54"/>
+      <c r="B98" s="10"/>
+      <c r="C98" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" s="258"/>
+      <c r="E98" s="259"/>
+      <c r="F98" s="260"/>
+      <c r="G98" s="7"/>
     </row>
     <row r="99" spans="2:7">
-      <c r="B99" s="57"/>
-[...6 lines deleted...]
-      <c r="G99" s="54"/>
+      <c r="B99" s="10"/>
+      <c r="C99" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D99" s="261"/>
+      <c r="E99" s="262"/>
+      <c r="F99" s="263"/>
+      <c r="G99" s="7"/>
     </row>
     <row r="100" spans="2:7">
-      <c r="B100" s="57"/>
-[...6 lines deleted...]
-      <c r="G100" s="54"/>
+      <c r="B100" s="10"/>
+      <c r="C100" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D100" s="261"/>
+      <c r="E100" s="262"/>
+      <c r="F100" s="263"/>
+      <c r="G100" s="7"/>
     </row>
     <row r="101" spans="2:7" ht="4.5" customHeight="1">
-      <c r="B101" s="57"/>
-[...4 lines deleted...]
-      <c r="G101" s="54"/>
+      <c r="B101" s="10"/>
+      <c r="C101" s="139"/>
+      <c r="D101" s="17"/>
+      <c r="E101" s="17"/>
+      <c r="F101" s="140"/>
+      <c r="G101" s="7"/>
     </row>
     <row r="102" spans="2:7" ht="15.75">
-      <c r="B102" s="57"/>
-[...8 lines deleted...]
-      <c r="G102" s="54"/>
+      <c r="B102" s="10"/>
+      <c r="C102" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D102" s="14"/>
+      <c r="E102" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F102" s="142"/>
+      <c r="G102" s="7"/>
     </row>
     <row r="103" spans="2:7" ht="15.75">
-      <c r="B103" s="57"/>
-[...8 lines deleted...]
-      <c r="G103" s="54"/>
+      <c r="B103" s="10"/>
+      <c r="C103" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D103" s="14"/>
+      <c r="E103" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F103" s="142"/>
+      <c r="G103" s="7"/>
     </row>
     <row r="104" spans="2:7" ht="15.75">
-      <c r="B104" s="57"/>
-[...8 lines deleted...]
-      <c r="G104" s="54"/>
+      <c r="B104" s="10"/>
+      <c r="C104" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D104" s="14"/>
+      <c r="E104" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F104" s="142"/>
+      <c r="G104" s="7"/>
     </row>
     <row r="105" spans="2:7" ht="15.75">
-      <c r="B105" s="57"/>
-[...8 lines deleted...]
-      <c r="G105" s="54"/>
+      <c r="B105" s="10"/>
+      <c r="C105" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D105" s="14"/>
+      <c r="E105" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F105" s="142"/>
+      <c r="G105" s="7"/>
     </row>
     <row r="106" spans="2:7" ht="15.75">
-      <c r="B106" s="57"/>
-[...8 lines deleted...]
-      <c r="G106" s="54"/>
+      <c r="B106" s="10"/>
+      <c r="C106" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D106" s="14"/>
+      <c r="E106" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F106" s="142"/>
+      <c r="G106" s="7"/>
     </row>
     <row r="107" spans="2:7" ht="15.75">
-      <c r="B107" s="57"/>
-[...8 lines deleted...]
-      <c r="G107" s="54"/>
+      <c r="B107" s="10"/>
+      <c r="C107" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D107" s="14"/>
+      <c r="E107" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F107" s="142"/>
+      <c r="G107" s="7"/>
     </row>
     <row r="108" spans="2:7" ht="15.75">
-      <c r="B108" s="57"/>
-[...8 lines deleted...]
-      <c r="G108" s="54"/>
+      <c r="B108" s="10"/>
+      <c r="C108" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D108" s="14"/>
+      <c r="E108" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F108" s="142"/>
+      <c r="G108" s="7"/>
     </row>
     <row r="109" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B109" s="57"/>
-[...6 lines deleted...]
-      <c r="G109" s="54"/>
+      <c r="B109" s="10"/>
+      <c r="C109" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D109" s="15"/>
+      <c r="E109" s="15"/>
+      <c r="F109" s="144"/>
+      <c r="G109" s="7"/>
     </row>
     <row r="110" spans="2:7" ht="28.5" customHeight="1">
-      <c r="B110" s="57"/>
-[...6 lines deleted...]
-      <c r="G110" s="54"/>
+      <c r="B110" s="10"/>
+      <c r="C110" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D110" s="265"/>
+      <c r="E110" s="265"/>
+      <c r="F110" s="266"/>
+      <c r="G110" s="7"/>
     </row>
     <row r="111" spans="2:7" ht="2.25" customHeight="1">
-      <c r="B111" s="57"/>
-[...4 lines deleted...]
-      <c r="G111" s="54"/>
+      <c r="B111" s="10"/>
+      <c r="C111" s="145"/>
+      <c r="D111" s="16"/>
+      <c r="E111" s="16"/>
+      <c r="F111" s="146"/>
+      <c r="G111" s="7"/>
     </row>
     <row r="112" spans="2:7">
-      <c r="B112" s="57"/>
-[...6 lines deleted...]
-      <c r="G112" s="54"/>
+      <c r="B112" s="10"/>
+      <c r="C112" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D112" s="267"/>
+      <c r="E112" s="267"/>
+      <c r="F112" s="268"/>
+      <c r="G112" s="7"/>
     </row>
     <row r="113" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B113" s="57"/>
-[...6 lines deleted...]
-      <c r="G113" s="54"/>
+      <c r="B113" s="10"/>
+      <c r="C113" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D113" s="148"/>
+      <c r="E113" s="269"/>
+      <c r="F113" s="270"/>
+      <c r="G113" s="7"/>
     </row>
     <row r="114" spans="2:7" ht="30" customHeight="1">
-      <c r="B114" s="57"/>
-[...4 lines deleted...]
-      <c r="G114" s="54"/>
+      <c r="B114" s="10"/>
+      <c r="C114" s="5"/>
+      <c r="D114" s="5"/>
+      <c r="E114" s="5"/>
+      <c r="F114" s="5"/>
+      <c r="G114" s="7"/>
     </row>
     <row r="115" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B115" s="57"/>
-[...6 lines deleted...]
-      <c r="G115" s="54"/>
+      <c r="B115" s="10"/>
+      <c r="C115" s="264" t="s">
+        <v>36</v>
+      </c>
+      <c r="D115" s="264"/>
+      <c r="E115" s="264"/>
+      <c r="F115" s="264"/>
+      <c r="G115" s="7"/>
     </row>
     <row r="116" spans="2:7">
-      <c r="B116" s="57"/>
-[...6 lines deleted...]
-      <c r="G116" s="54"/>
+      <c r="B116" s="10"/>
+      <c r="C116" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" s="258"/>
+      <c r="E116" s="259"/>
+      <c r="F116" s="260"/>
+      <c r="G116" s="7"/>
     </row>
     <row r="117" spans="2:7">
-      <c r="B117" s="57"/>
-[...6 lines deleted...]
-      <c r="G117" s="54"/>
+      <c r="B117" s="10"/>
+      <c r="C117" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D117" s="261"/>
+      <c r="E117" s="262"/>
+      <c r="F117" s="263"/>
+      <c r="G117" s="7"/>
     </row>
     <row r="118" spans="2:7">
-      <c r="B118" s="57"/>
-[...6 lines deleted...]
-      <c r="G118" s="54"/>
+      <c r="B118" s="10"/>
+      <c r="C118" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D118" s="261"/>
+      <c r="E118" s="262"/>
+      <c r="F118" s="263"/>
+      <c r="G118" s="7"/>
     </row>
     <row r="119" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B119" s="57"/>
-[...4 lines deleted...]
-      <c r="G119" s="54"/>
+      <c r="B119" s="10"/>
+      <c r="C119" s="139"/>
+      <c r="D119" s="17"/>
+      <c r="E119" s="17"/>
+      <c r="F119" s="140"/>
+      <c r="G119" s="7"/>
     </row>
     <row r="120" spans="2:7" ht="15.75">
-      <c r="B120" s="57"/>
-[...8 lines deleted...]
-      <c r="G120" s="54"/>
+      <c r="B120" s="10"/>
+      <c r="C120" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" s="14"/>
+      <c r="E120" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F120" s="142"/>
+      <c r="G120" s="7"/>
     </row>
     <row r="121" spans="2:7" ht="15.75">
-      <c r="B121" s="57"/>
-[...8 lines deleted...]
-      <c r="G121" s="54"/>
+      <c r="B121" s="10"/>
+      <c r="C121" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D121" s="14"/>
+      <c r="E121" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F121" s="142"/>
+      <c r="G121" s="7"/>
     </row>
     <row r="122" spans="2:7" ht="15.75">
-      <c r="B122" s="57"/>
-[...8 lines deleted...]
-      <c r="G122" s="54"/>
+      <c r="B122" s="10"/>
+      <c r="C122" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D122" s="14"/>
+      <c r="E122" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F122" s="142"/>
+      <c r="G122" s="7"/>
     </row>
     <row r="123" spans="2:7" ht="15.75">
-      <c r="B123" s="57"/>
-[...8 lines deleted...]
-      <c r="G123" s="54"/>
+      <c r="B123" s="10"/>
+      <c r="C123" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D123" s="14"/>
+      <c r="E123" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F123" s="142"/>
+      <c r="G123" s="7"/>
     </row>
     <row r="124" spans="2:7" ht="15.75">
-      <c r="B124" s="57"/>
-[...8 lines deleted...]
-      <c r="G124" s="54"/>
+      <c r="B124" s="10"/>
+      <c r="C124" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D124" s="14"/>
+      <c r="E124" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F124" s="142"/>
+      <c r="G124" s="7"/>
     </row>
     <row r="125" spans="2:7" ht="15.75">
-      <c r="B125" s="57"/>
-[...8 lines deleted...]
-      <c r="G125" s="54"/>
+      <c r="B125" s="10"/>
+      <c r="C125" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D125" s="14"/>
+      <c r="E125" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F125" s="142"/>
+      <c r="G125" s="7"/>
     </row>
     <row r="126" spans="2:7" ht="15.75">
-      <c r="B126" s="57"/>
-[...8 lines deleted...]
-      <c r="G126" s="54"/>
+      <c r="B126" s="10"/>
+      <c r="C126" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D126" s="14"/>
+      <c r="E126" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F126" s="142"/>
+      <c r="G126" s="7"/>
     </row>
     <row r="127" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B127" s="57"/>
-[...6 lines deleted...]
-      <c r="G127" s="54"/>
+      <c r="B127" s="10"/>
+      <c r="C127" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D127" s="15"/>
+      <c r="E127" s="15"/>
+      <c r="F127" s="144"/>
+      <c r="G127" s="7"/>
     </row>
     <row r="128" spans="2:7" ht="33.75" customHeight="1">
-      <c r="B128" s="57"/>
-[...6 lines deleted...]
-      <c r="G128" s="54"/>
+      <c r="B128" s="10"/>
+      <c r="C128" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D128" s="265"/>
+      <c r="E128" s="265"/>
+      <c r="F128" s="266"/>
+      <c r="G128" s="7"/>
     </row>
     <row r="129" spans="2:7" ht="3" customHeight="1">
-      <c r="B129" s="57"/>
-[...4 lines deleted...]
-      <c r="G129" s="54"/>
+      <c r="B129" s="10"/>
+      <c r="C129" s="145"/>
+      <c r="D129" s="16"/>
+      <c r="E129" s="16"/>
+      <c r="F129" s="146"/>
+      <c r="G129" s="7"/>
     </row>
     <row r="130" spans="2:7">
-      <c r="B130" s="57"/>
-[...6 lines deleted...]
-      <c r="G130" s="54"/>
+      <c r="B130" s="10"/>
+      <c r="C130" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D130" s="267"/>
+      <c r="E130" s="267"/>
+      <c r="F130" s="268"/>
+      <c r="G130" s="7"/>
     </row>
     <row r="131" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B131" s="57"/>
-[...6 lines deleted...]
-      <c r="G131" s="54"/>
+      <c r="B131" s="10"/>
+      <c r="C131" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D131" s="148"/>
+      <c r="E131" s="269"/>
+      <c r="F131" s="270"/>
+      <c r="G131" s="7"/>
     </row>
     <row r="132" spans="2:7" ht="30.75" customHeight="1">
-      <c r="B132" s="57"/>
-[...4 lines deleted...]
-      <c r="G132" s="54"/>
+      <c r="B132" s="10"/>
+      <c r="C132" s="5"/>
+      <c r="D132" s="5"/>
+      <c r="E132" s="5"/>
+      <c r="F132" s="5"/>
+      <c r="G132" s="7"/>
     </row>
     <row r="133" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B133" s="57"/>
-[...6 lines deleted...]
-      <c r="G133" s="54"/>
+      <c r="B133" s="10"/>
+      <c r="C133" s="264" t="s">
+        <v>37</v>
+      </c>
+      <c r="D133" s="264"/>
+      <c r="E133" s="264"/>
+      <c r="F133" s="264"/>
+      <c r="G133" s="7"/>
     </row>
     <row r="134" spans="2:7">
-      <c r="B134" s="57"/>
-[...6 lines deleted...]
-      <c r="G134" s="54"/>
+      <c r="B134" s="10"/>
+      <c r="C134" s="137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" s="258"/>
+      <c r="E134" s="259"/>
+      <c r="F134" s="260"/>
+      <c r="G134" s="7"/>
     </row>
     <row r="135" spans="2:7">
-      <c r="B135" s="57"/>
-[...6 lines deleted...]
-      <c r="G135" s="54"/>
+      <c r="B135" s="10"/>
+      <c r="C135" s="138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D135" s="261"/>
+      <c r="E135" s="262"/>
+      <c r="F135" s="263"/>
+      <c r="G135" s="7"/>
     </row>
     <row r="136" spans="2:7">
-      <c r="B136" s="57"/>
-[...6 lines deleted...]
-      <c r="G136" s="54"/>
+      <c r="B136" s="10"/>
+      <c r="C136" s="138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D136" s="261"/>
+      <c r="E136" s="262"/>
+      <c r="F136" s="263"/>
+      <c r="G136" s="7"/>
     </row>
     <row r="137" spans="2:7" ht="3" customHeight="1">
-      <c r="B137" s="57"/>
-[...4 lines deleted...]
-      <c r="G137" s="54"/>
+      <c r="B137" s="10"/>
+      <c r="C137" s="139"/>
+      <c r="D137" s="17"/>
+      <c r="E137" s="17"/>
+      <c r="F137" s="140"/>
+      <c r="G137" s="7"/>
     </row>
     <row r="138" spans="2:7" ht="15.75">
-      <c r="B138" s="57"/>
-[...8 lines deleted...]
-      <c r="G138" s="54"/>
+      <c r="B138" s="10"/>
+      <c r="C138" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D138" s="14"/>
+      <c r="E138" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F138" s="142"/>
+      <c r="G138" s="7"/>
     </row>
     <row r="139" spans="2:7" ht="15.75">
-      <c r="B139" s="57"/>
-[...8 lines deleted...]
-      <c r="G139" s="54"/>
+      <c r="B139" s="10"/>
+      <c r="C139" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D139" s="14"/>
+      <c r="E139" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F139" s="142"/>
+      <c r="G139" s="7"/>
     </row>
     <row r="140" spans="2:7" ht="15.75">
-      <c r="B140" s="57"/>
-[...8 lines deleted...]
-      <c r="G140" s="54"/>
+      <c r="B140" s="10"/>
+      <c r="C140" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D140" s="14"/>
+      <c r="E140" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F140" s="142"/>
+      <c r="G140" s="7"/>
     </row>
     <row r="141" spans="2:7" ht="15.75">
-      <c r="B141" s="57"/>
-[...8 lines deleted...]
-      <c r="G141" s="54"/>
+      <c r="B141" s="10"/>
+      <c r="C141" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D141" s="14"/>
+      <c r="E141" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F141" s="142"/>
+      <c r="G141" s="7"/>
     </row>
     <row r="142" spans="2:7" ht="15.75">
-      <c r="B142" s="57"/>
-[...8 lines deleted...]
-      <c r="G142" s="54"/>
+      <c r="B142" s="10"/>
+      <c r="C142" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D142" s="14"/>
+      <c r="E142" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F142" s="142"/>
+      <c r="G142" s="7"/>
     </row>
     <row r="143" spans="2:7" ht="15.75">
-      <c r="B143" s="57"/>
-[...8 lines deleted...]
-      <c r="G143" s="54"/>
+      <c r="B143" s="10"/>
+      <c r="C143" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D143" s="14"/>
+      <c r="E143" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F143" s="142"/>
+      <c r="G143" s="7"/>
     </row>
     <row r="144" spans="2:7" ht="15.75">
-      <c r="B144" s="57"/>
-[...8 lines deleted...]
-      <c r="G144" s="54"/>
+      <c r="B144" s="10"/>
+      <c r="C144" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="D144" s="14"/>
+      <c r="E144" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F144" s="142"/>
+      <c r="G144" s="7"/>
     </row>
     <row r="145" spans="2:7" ht="3.75" customHeight="1">
-      <c r="B145" s="57"/>
-[...6 lines deleted...]
-      <c r="G145" s="54"/>
+      <c r="B145" s="10"/>
+      <c r="C145" s="143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D145" s="15"/>
+      <c r="E145" s="15"/>
+      <c r="F145" s="144"/>
+      <c r="G145" s="7"/>
     </row>
     <row r="146" spans="2:7" ht="33" customHeight="1">
-      <c r="B146" s="57"/>
-[...6 lines deleted...]
-      <c r="G146" s="54"/>
+      <c r="B146" s="10"/>
+      <c r="C146" s="138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D146" s="265"/>
+      <c r="E146" s="265"/>
+      <c r="F146" s="266"/>
+      <c r="G146" s="7"/>
     </row>
     <row r="147" spans="2:7" ht="1.5" customHeight="1">
-      <c r="B147" s="57"/>
-[...4 lines deleted...]
-      <c r="G147" s="54"/>
+      <c r="B147" s="10"/>
+      <c r="C147" s="145"/>
+      <c r="D147" s="16"/>
+      <c r="E147" s="16"/>
+      <c r="F147" s="146"/>
+      <c r="G147" s="7"/>
     </row>
     <row r="148" spans="2:7">
-      <c r="B148" s="57"/>
-[...6 lines deleted...]
-      <c r="G148" s="54"/>
+      <c r="B148" s="10"/>
+      <c r="C148" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="D148" s="267"/>
+      <c r="E148" s="267"/>
+      <c r="F148" s="268"/>
+      <c r="G148" s="7"/>
     </row>
     <row r="149" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B149" s="57"/>
-[...6 lines deleted...]
-      <c r="G149" s="54"/>
+      <c r="B149" s="10"/>
+      <c r="C149" s="147" t="s">
+        <v>5</v>
+      </c>
+      <c r="D149" s="148"/>
+      <c r="E149" s="269"/>
+      <c r="F149" s="270"/>
+      <c r="G149" s="7"/>
     </row>
     <row r="150" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B150" s="66"/>
-[...4 lines deleted...]
-      <c r="G150" s="68"/>
+      <c r="B150" s="19"/>
+      <c r="C150" s="20"/>
+      <c r="D150" s="20"/>
+      <c r="E150" s="20"/>
+      <c r="F150" s="20"/>
+      <c r="G150" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="64">
-    <mergeCell ref="C3:F3"/>
-[...30 lines deleted...]
-    <mergeCell ref="C79:F79"/>
+    <mergeCell ref="I20:R20"/>
+    <mergeCell ref="I14:R14"/>
+    <mergeCell ref="I22:R22"/>
+    <mergeCell ref="I8:R10"/>
+    <mergeCell ref="D148:F148"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="D100:F100"/>
+    <mergeCell ref="D110:F110"/>
+    <mergeCell ref="D112:F112"/>
+    <mergeCell ref="E113:F113"/>
+    <mergeCell ref="D81:F81"/>
+    <mergeCell ref="D82:F82"/>
+    <mergeCell ref="D92:F92"/>
+    <mergeCell ref="D94:F94"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="C97:F97"/>
     <mergeCell ref="E149:F149"/>
     <mergeCell ref="I12:R12"/>
     <mergeCell ref="I13:R13"/>
     <mergeCell ref="E131:F131"/>
     <mergeCell ref="C133:F133"/>
     <mergeCell ref="D134:F134"/>
     <mergeCell ref="D135:F135"/>
     <mergeCell ref="D136:F136"/>
     <mergeCell ref="D146:F146"/>
     <mergeCell ref="C115:F115"/>
     <mergeCell ref="D116:F116"/>
     <mergeCell ref="D117:F117"/>
     <mergeCell ref="D118:F118"/>
     <mergeCell ref="D128:F128"/>
     <mergeCell ref="D130:F130"/>
     <mergeCell ref="D98:F98"/>
-    <mergeCell ref="I20:R20"/>
-[...14 lines deleted...]
-    <mergeCell ref="C97:F97"/>
+    <mergeCell ref="D80:F80"/>
+    <mergeCell ref="D56:F56"/>
+    <mergeCell ref="D58:F58"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="C61:F61"/>
+    <mergeCell ref="D62:F62"/>
+    <mergeCell ref="D63:F63"/>
+    <mergeCell ref="D64:F64"/>
+    <mergeCell ref="D74:F74"/>
+    <mergeCell ref="D76:F76"/>
+    <mergeCell ref="E77:F77"/>
+    <mergeCell ref="C79:F79"/>
+    <mergeCell ref="D46:F46"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="C25:F25"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="D22:F22"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="D44:F44"/>
+    <mergeCell ref="D45:F45"/>
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="C4:F4"/>
+    <mergeCell ref="D8:F8"/>
+    <mergeCell ref="D9:F9"/>
+    <mergeCell ref="D10:F10"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D148:F148 D130:F130 D112:F112 D94:F94 D76:F76 D58:F58 D40:F40 D22:F22" xr:uid="{3B7293FE-D309-41B0-8B18-0B0E09B4E9F2}">
       <formula1>"Only students,Only program leaders,All program participants,Other"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69460DAC-F1EE-42FE-BB7E-A37386521530}">
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
   <dimension ref="B1:H978"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+    <sheetView topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="M24" sqref="M24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
     <col min="3" max="3" width="14.5703125" customWidth="1"/>
     <col min="4" max="4" width="40.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" customWidth="1"/>
     <col min="6" max="6" width="22" customWidth="1"/>
-    <col min="7" max="7" width="19.42578125" style="52" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" style="5" customWidth="1"/>
     <col min="8" max="8" width="3.7109375" customWidth="1"/>
     <col min="9" max="17" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:8" ht="13.5" customHeight="1">
-      <c r="B2" s="100"/>
-[...5 lines deleted...]
-      <c r="H2" s="114"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="64"/>
     </row>
     <row r="3" spans="2:8" ht="21" customHeight="1">
-      <c r="B3" s="90"/>
-[...7 lines deleted...]
-      <c r="H3" s="99"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="254" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="49"/>
     </row>
     <row r="4" spans="2:8">
-      <c r="B4" s="90"/>
-[...7 lines deleted...]
-      <c r="H4" s="99"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" s="52"/>
+      <c r="E4" s="52"/>
+      <c r="F4" s="66"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="49"/>
     </row>
     <row r="5" spans="2:8" ht="15.75" thickBot="1">
-      <c r="B5" s="90"/>
-[...5 lines deleted...]
-      <c r="H5" s="99"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="52"/>
+      <c r="D5" s="52"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="66"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="49"/>
     </row>
     <row r="6" spans="2:8">
-      <c r="B6" s="90"/>
-[...11 lines deleted...]
-      <c r="H6" s="99"/>
+      <c r="B6" s="40"/>
+      <c r="C6" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="71"/>
+      <c r="E6" s="72" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" s="279" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" s="280"/>
+      <c r="H6" s="49"/>
     </row>
     <row r="7" spans="2:8">
-      <c r="B7" s="90"/>
-[...7 lines deleted...]
-      <c r="H7" s="99"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="288" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="289"/>
+      <c r="E7" s="67"/>
+      <c r="F7" s="297"/>
+      <c r="G7" s="298"/>
+      <c r="H7" s="49"/>
     </row>
     <row r="8" spans="2:8">
-      <c r="B8" s="90"/>
-[...7 lines deleted...]
-      <c r="H8" s="99"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="288" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" s="289"/>
+      <c r="E8" s="67"/>
+      <c r="F8" s="281"/>
+      <c r="G8" s="282"/>
+      <c r="H8" s="49"/>
     </row>
     <row r="9" spans="2:8" ht="5.25" customHeight="1">
-      <c r="B9" s="90"/>
-[...5 lines deleted...]
-      <c r="H9" s="99"/>
+      <c r="B9" s="40"/>
+      <c r="C9" s="73"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="68"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="74"/>
+      <c r="H9" s="49"/>
     </row>
     <row r="10" spans="2:8" ht="15" customHeight="1">
-      <c r="B10" s="90"/>
-[...7 lines deleted...]
-      <c r="H10" s="99"/>
+      <c r="B10" s="40"/>
+      <c r="C10" s="290" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="291"/>
+      <c r="E10" s="292"/>
+      <c r="F10" s="283"/>
+      <c r="G10" s="284"/>
+      <c r="H10" s="49"/>
     </row>
     <row r="11" spans="2:8">
-      <c r="B11" s="90"/>
-[...5 lines deleted...]
-      <c r="H11" s="99"/>
+      <c r="B11" s="40"/>
+      <c r="C11" s="290"/>
+      <c r="D11" s="291"/>
+      <c r="E11" s="292"/>
+      <c r="F11" s="283"/>
+      <c r="G11" s="284"/>
+      <c r="H11" s="49"/>
     </row>
     <row r="12" spans="2:8" ht="15.75" thickBot="1">
-      <c r="B12" s="90"/>
-[...7 lines deleted...]
-      <c r="H12" s="99"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="293" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="294"/>
+      <c r="E12" s="295"/>
+      <c r="F12" s="285"/>
+      <c r="G12" s="286"/>
+      <c r="H12" s="49"/>
     </row>
     <row r="13" spans="2:8" ht="30" customHeight="1">
-      <c r="B13" s="90"/>
-[...5 lines deleted...]
-      <c r="H13" s="99"/>
+      <c r="B13" s="40"/>
+      <c r="C13" s="54"/>
+      <c r="D13" s="54"/>
+      <c r="E13" s="54"/>
+      <c r="F13" s="54"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="49"/>
     </row>
     <row r="14" spans="2:8" ht="15.75" thickBot="1">
-      <c r="B14" s="90"/>
-[...7 lines deleted...]
-      <c r="H14" s="99"/>
+      <c r="B14" s="40"/>
+      <c r="C14" s="287" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="287"/>
+      <c r="E14" s="287"/>
+      <c r="F14" s="287"/>
+      <c r="G14" s="287"/>
+      <c r="H14" s="49"/>
     </row>
     <row r="15" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B15" s="112"/>
-[...13 lines deleted...]
-      <c r="H15" s="99"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="133" t="s">
+        <v>147</v>
+      </c>
+      <c r="D15" s="134" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" s="134" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" s="275" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="276"/>
+      <c r="H15" s="49"/>
     </row>
     <row r="16" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B16" s="112"/>
-[...5 lines deleted...]
-      <c r="H16" s="99"/>
+      <c r="B16" s="62"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="55"/>
+      <c r="F16" s="277"/>
+      <c r="G16" s="278"/>
+      <c r="H16" s="49"/>
     </row>
     <row r="17" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B17" s="112"/>
-[...5 lines deleted...]
-      <c r="H17" s="99"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="24"/>
+      <c r="D17" s="252"/>
+      <c r="E17" s="56"/>
+      <c r="F17" s="277"/>
+      <c r="G17" s="278"/>
+      <c r="H17" s="49"/>
     </row>
     <row r="18" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B18" s="112"/>
-[...5 lines deleted...]
-      <c r="H18" s="99"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="253"/>
+      <c r="F18" s="277"/>
+      <c r="G18" s="278"/>
+      <c r="H18" s="49"/>
     </row>
     <row r="19" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B19" s="112"/>
-[...5 lines deleted...]
-      <c r="H19" s="99"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="24"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="56"/>
+      <c r="F19" s="277"/>
+      <c r="G19" s="278"/>
+      <c r="H19" s="49"/>
     </row>
     <row r="20" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B20" s="112"/>
-[...5 lines deleted...]
-      <c r="H20" s="99"/>
+      <c r="B20" s="62"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="56"/>
+      <c r="F20" s="277"/>
+      <c r="G20" s="278"/>
+      <c r="H20" s="49"/>
     </row>
     <row r="21" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B21" s="112"/>
-[...5 lines deleted...]
-      <c r="H21" s="99"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="24"/>
+      <c r="D21" s="22"/>
+      <c r="E21" s="56"/>
+      <c r="F21" s="277"/>
+      <c r="G21" s="278"/>
+      <c r="H21" s="49"/>
     </row>
     <row r="22" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B22" s="112"/>
-[...5 lines deleted...]
-      <c r="H22" s="99"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="24"/>
+      <c r="D22" s="22"/>
+      <c r="E22" s="56"/>
+      <c r="F22" s="277"/>
+      <c r="G22" s="278"/>
+      <c r="H22" s="49"/>
     </row>
     <row r="23" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B23" s="112"/>
-[...5 lines deleted...]
-      <c r="H23" s="99"/>
+      <c r="B23" s="62"/>
+      <c r="C23" s="24"/>
+      <c r="D23" s="22"/>
+      <c r="E23" s="56"/>
+      <c r="F23" s="277"/>
+      <c r="G23" s="278"/>
+      <c r="H23" s="49"/>
     </row>
     <row r="24" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B24" s="112"/>
-[...5 lines deleted...]
-      <c r="H24" s="99"/>
+      <c r="B24" s="62"/>
+      <c r="C24" s="24"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="56"/>
+      <c r="F24" s="277"/>
+      <c r="G24" s="278"/>
+      <c r="H24" s="49"/>
     </row>
     <row r="25" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B25" s="112"/>
-[...5 lines deleted...]
-      <c r="H25" s="99"/>
+      <c r="B25" s="62"/>
+      <c r="C25" s="24"/>
+      <c r="D25" s="22"/>
+      <c r="E25" s="56"/>
+      <c r="F25" s="277"/>
+      <c r="G25" s="278"/>
+      <c r="H25" s="49"/>
     </row>
     <row r="26" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B26" s="112"/>
-[...5 lines deleted...]
-      <c r="H26" s="99"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="24"/>
+      <c r="D26" s="22"/>
+      <c r="E26" s="56"/>
+      <c r="F26" s="277"/>
+      <c r="G26" s="278"/>
+      <c r="H26" s="49"/>
     </row>
     <row r="27" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B27" s="112"/>
-[...5 lines deleted...]
-      <c r="H27" s="99"/>
+      <c r="B27" s="62"/>
+      <c r="C27" s="24"/>
+      <c r="D27" s="22"/>
+      <c r="E27" s="56"/>
+      <c r="F27" s="277"/>
+      <c r="G27" s="278"/>
+      <c r="H27" s="49"/>
     </row>
     <row r="28" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B28" s="112"/>
-[...5 lines deleted...]
-      <c r="H28" s="99"/>
+      <c r="B28" s="62"/>
+      <c r="C28" s="24"/>
+      <c r="D28" s="22"/>
+      <c r="E28" s="56"/>
+      <c r="F28" s="277"/>
+      <c r="G28" s="278"/>
+      <c r="H28" s="49"/>
     </row>
     <row r="29" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B29" s="112"/>
-[...5 lines deleted...]
-      <c r="H29" s="99"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="24"/>
+      <c r="D29" s="22"/>
+      <c r="E29" s="56"/>
+      <c r="F29" s="277"/>
+      <c r="G29" s="278"/>
+      <c r="H29" s="49"/>
     </row>
     <row r="30" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B30" s="112"/>
-[...5 lines deleted...]
-      <c r="H30" s="99"/>
+      <c r="B30" s="62"/>
+      <c r="C30" s="24"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="56"/>
+      <c r="F30" s="277"/>
+      <c r="G30" s="278"/>
+      <c r="H30" s="49"/>
     </row>
     <row r="31" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B31" s="112"/>
-[...5 lines deleted...]
-      <c r="H31" s="99"/>
+      <c r="B31" s="62"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="56"/>
+      <c r="F31" s="277"/>
+      <c r="G31" s="278"/>
+      <c r="H31" s="49"/>
     </row>
     <row r="32" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B32" s="112"/>
-[...5 lines deleted...]
-      <c r="H32" s="99"/>
+      <c r="B32" s="62"/>
+      <c r="C32" s="24"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="56"/>
+      <c r="F32" s="277"/>
+      <c r="G32" s="278"/>
+      <c r="H32" s="49"/>
     </row>
     <row r="33" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B33" s="112"/>
-[...5 lines deleted...]
-      <c r="H33" s="99"/>
+      <c r="B33" s="62"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="22"/>
+      <c r="E33" s="56"/>
+      <c r="F33" s="277"/>
+      <c r="G33" s="278"/>
+      <c r="H33" s="49"/>
     </row>
     <row r="34" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B34" s="112"/>
-[...5 lines deleted...]
-      <c r="H34" s="99"/>
+      <c r="B34" s="62"/>
+      <c r="C34" s="24"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="56"/>
+      <c r="F34" s="277"/>
+      <c r="G34" s="278"/>
+      <c r="H34" s="49"/>
     </row>
     <row r="35" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B35" s="112"/>
-[...5 lines deleted...]
-      <c r="H35" s="99"/>
+      <c r="B35" s="62"/>
+      <c r="C35" s="24"/>
+      <c r="D35" s="60"/>
+      <c r="E35" s="61"/>
+      <c r="F35" s="299"/>
+      <c r="G35" s="300"/>
+      <c r="H35" s="49"/>
     </row>
     <row r="36" spans="2:8" ht="30.75" customHeight="1">
-      <c r="B36" s="112"/>
-[...5 lines deleted...]
-      <c r="H36" s="99"/>
+      <c r="B36" s="62"/>
+      <c r="C36" s="296"/>
+      <c r="D36" s="296"/>
+      <c r="E36" s="296"/>
+      <c r="F36" s="296"/>
+      <c r="G36" s="54"/>
+      <c r="H36" s="49"/>
     </row>
     <row r="37" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B37" s="112"/>
-[...7 lines deleted...]
-      <c r="H37" s="99"/>
+      <c r="B37" s="62"/>
+      <c r="C37" s="287" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" s="287"/>
+      <c r="E37" s="287"/>
+      <c r="F37" s="287"/>
+      <c r="G37" s="287"/>
+      <c r="H37" s="49"/>
     </row>
     <row r="38" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B38" s="112"/>
-[...15 lines deleted...]
-      <c r="H38" s="99"/>
+      <c r="B38" s="62"/>
+      <c r="C38" s="133" t="s">
+        <v>147</v>
+      </c>
+      <c r="D38" s="134" t="s">
+        <v>47</v>
+      </c>
+      <c r="E38" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38" s="134" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="131" t="s">
+        <v>44</v>
+      </c>
+      <c r="H38" s="49"/>
     </row>
     <row r="39" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B39" s="112"/>
-[...5 lines deleted...]
-      <c r="H39" s="99"/>
+      <c r="B39" s="62"/>
+      <c r="C39" s="24"/>
+      <c r="D39" s="24"/>
+      <c r="E39" s="1"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="82"/>
+      <c r="H39" s="49"/>
     </row>
     <row r="40" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B40" s="112"/>
-[...5 lines deleted...]
-      <c r="H40" s="99"/>
+      <c r="B40" s="62"/>
+      <c r="C40" s="24"/>
+      <c r="D40" s="22"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="83"/>
+      <c r="H40" s="49"/>
     </row>
     <row r="41" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B41" s="112"/>
-[...5 lines deleted...]
-      <c r="H41" s="99"/>
+      <c r="B41" s="62"/>
+      <c r="C41" s="24"/>
+      <c r="D41" s="22"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="23"/>
+      <c r="G41" s="83"/>
+      <c r="H41" s="49"/>
     </row>
     <row r="42" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B42" s="112"/>
-[...5 lines deleted...]
-      <c r="H42" s="99"/>
+      <c r="B42" s="62"/>
+      <c r="C42" s="24"/>
+      <c r="D42" s="22"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="23"/>
+      <c r="G42" s="83"/>
+      <c r="H42" s="49"/>
     </row>
     <row r="43" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B43" s="112"/>
-[...5 lines deleted...]
-      <c r="H43" s="99"/>
+      <c r="B43" s="62"/>
+      <c r="C43" s="24"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="23"/>
+      <c r="G43" s="83"/>
+      <c r="H43" s="49"/>
     </row>
     <row r="44" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B44" s="112"/>
-[...5 lines deleted...]
-      <c r="H44" s="99"/>
+      <c r="B44" s="62"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="22"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="23"/>
+      <c r="G44" s="83"/>
+      <c r="H44" s="49"/>
     </row>
     <row r="45" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B45" s="112"/>
-[...5 lines deleted...]
-      <c r="H45" s="99"/>
+      <c r="B45" s="62"/>
+      <c r="C45" s="24"/>
+      <c r="D45" s="22"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="23"/>
+      <c r="G45" s="83"/>
+      <c r="H45" s="49"/>
     </row>
     <row r="46" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B46" s="112"/>
-[...5 lines deleted...]
-      <c r="H46" s="99"/>
+      <c r="B46" s="62"/>
+      <c r="C46" s="24"/>
+      <c r="D46" s="22"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="23"/>
+      <c r="G46" s="83"/>
+      <c r="H46" s="49"/>
     </row>
     <row r="47" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B47" s="112"/>
-[...5 lines deleted...]
-      <c r="H47" s="99"/>
+      <c r="B47" s="62"/>
+      <c r="C47" s="24"/>
+      <c r="D47" s="22"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="83"/>
+      <c r="H47" s="49"/>
     </row>
     <row r="48" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B48" s="112"/>
-[...5 lines deleted...]
-      <c r="H48" s="99"/>
+      <c r="B48" s="62"/>
+      <c r="C48" s="24"/>
+      <c r="D48" s="22"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="83"/>
+      <c r="H48" s="49"/>
     </row>
     <row r="49" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B49" s="112"/>
-[...5 lines deleted...]
-      <c r="H49" s="99"/>
+      <c r="B49" s="62"/>
+      <c r="C49" s="24"/>
+      <c r="D49" s="22"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="23"/>
+      <c r="G49" s="83"/>
+      <c r="H49" s="49"/>
     </row>
     <row r="50" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B50" s="112"/>
-[...5 lines deleted...]
-      <c r="H50" s="99"/>
+      <c r="B50" s="62"/>
+      <c r="C50" s="24"/>
+      <c r="D50" s="22"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="23"/>
+      <c r="G50" s="83"/>
+      <c r="H50" s="49"/>
     </row>
     <row r="51" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B51" s="112"/>
-[...5 lines deleted...]
-      <c r="H51" s="99"/>
+      <c r="B51" s="62"/>
+      <c r="C51" s="24"/>
+      <c r="D51" s="22"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="23"/>
+      <c r="G51" s="83"/>
+      <c r="H51" s="49"/>
     </row>
     <row r="52" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B52" s="112"/>
-[...5 lines deleted...]
-      <c r="H52" s="99"/>
+      <c r="B52" s="62"/>
+      <c r="C52" s="24"/>
+      <c r="D52" s="22"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="23"/>
+      <c r="G52" s="83"/>
+      <c r="H52" s="49"/>
     </row>
     <row r="53" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B53" s="112"/>
-[...5 lines deleted...]
-      <c r="H53" s="99"/>
+      <c r="B53" s="62"/>
+      <c r="C53" s="24"/>
+      <c r="D53" s="22"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="83"/>
+      <c r="H53" s="49"/>
     </row>
     <row r="54" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B54" s="112"/>
-[...5 lines deleted...]
-      <c r="H54" s="99"/>
+      <c r="B54" s="62"/>
+      <c r="C54" s="24"/>
+      <c r="D54" s="22"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="23"/>
+      <c r="G54" s="83"/>
+      <c r="H54" s="49"/>
     </row>
     <row r="55" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B55" s="112"/>
-[...5 lines deleted...]
-      <c r="H55" s="99"/>
+      <c r="B55" s="62"/>
+      <c r="C55" s="24"/>
+      <c r="D55" s="22"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="23"/>
+      <c r="G55" s="83"/>
+      <c r="H55" s="49"/>
     </row>
     <row r="56" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B56" s="112"/>
-[...5 lines deleted...]
-      <c r="H56" s="99"/>
+      <c r="B56" s="62"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="22"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="23"/>
+      <c r="G56" s="83"/>
+      <c r="H56" s="49"/>
     </row>
     <row r="57" spans="2:8" ht="15.75" customHeight="1">
-      <c r="B57" s="112"/>
-[...5 lines deleted...]
-      <c r="H57" s="99"/>
+      <c r="B57" s="62"/>
+      <c r="C57" s="24"/>
+      <c r="D57" s="22"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="23"/>
+      <c r="G57" s="83"/>
+      <c r="H57" s="49"/>
     </row>
     <row r="58" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B58" s="112"/>
-[...5 lines deleted...]
-      <c r="H58" s="99"/>
+      <c r="B58" s="62"/>
+      <c r="C58" s="24"/>
+      <c r="D58" s="60"/>
+      <c r="E58" s="135"/>
+      <c r="F58" s="136"/>
+      <c r="G58" s="84"/>
+      <c r="H58" s="49"/>
     </row>
     <row r="59" spans="2:8" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B59" s="113"/>
-[...5 lines deleted...]
-      <c r="H59" s="115"/>
+      <c r="B59" s="63"/>
+      <c r="C59" s="20"/>
+      <c r="D59" s="20"/>
+      <c r="E59" s="20"/>
+      <c r="F59" s="20"/>
+      <c r="G59" s="20"/>
+      <c r="H59" s="65"/>
     </row>
     <row r="60" spans="2:8" ht="15.75" customHeight="1"/>
     <row r="61" spans="2:8" ht="15.75" customHeight="1"/>
     <row r="62" spans="2:8" ht="15.75" customHeight="1"/>
     <row r="63" spans="2:8" ht="15.75" customHeight="1"/>
     <row r="64" spans="2:8" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
     <row r="66" ht="15.75" customHeight="1"/>
     <row r="67" ht="15.75" customHeight="1"/>
     <row r="68" ht="15.75" customHeight="1"/>
     <row r="69" ht="15.75" customHeight="1"/>
     <row r="70" ht="15.75" customHeight="1"/>
     <row r="71" ht="15.75" customHeight="1"/>
     <row r="72" ht="15.75" customHeight="1"/>
     <row r="73" ht="15.75" customHeight="1"/>
     <row r="74" ht="15.75" customHeight="1"/>
     <row r="75" ht="15.75" customHeight="1"/>
     <row r="76" ht="15.75" customHeight="1"/>
     <row r="77" ht="15.75" customHeight="1"/>
     <row r="78" ht="15.75" customHeight="1"/>
     <row r="79" ht="15.75" customHeight="1"/>
     <row r="80" ht="15.75" customHeight="1"/>
     <row r="81" ht="15.75" customHeight="1"/>
     <row r="82" ht="15.75" customHeight="1"/>
     <row r="83" ht="15.75" customHeight="1"/>
@@ -8223,452 +7571,443 @@
     <row r="956" ht="15.75" customHeight="1"/>
     <row r="957" ht="15.75" customHeight="1"/>
     <row r="958" ht="15.75" customHeight="1"/>
     <row r="959" ht="15.75" customHeight="1"/>
     <row r="960" ht="15.75" customHeight="1"/>
     <row r="961" ht="15.75" customHeight="1"/>
     <row r="962" ht="15.75" customHeight="1"/>
     <row r="963" ht="15.75" customHeight="1"/>
     <row r="964" ht="15.75" customHeight="1"/>
     <row r="965" ht="15.75" customHeight="1"/>
     <row r="966" ht="15.75" customHeight="1"/>
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
     <row r="970" ht="15.75" customHeight="1"/>
     <row r="971" ht="15.75" customHeight="1"/>
     <row r="972" ht="15.75" customHeight="1"/>
     <row r="973" ht="15.75" customHeight="1"/>
     <row r="974" ht="15.75" customHeight="1"/>
     <row r="975" ht="15.75" customHeight="1"/>
     <row r="976" ht="15.75" customHeight="1"/>
     <row r="977" ht="15.75" customHeight="1"/>
     <row r="978" ht="15.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="34">
-    <mergeCell ref="C3:G3"/>
-[...7 lines deleted...]
-    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="F35:G35"/>
     <mergeCell ref="F30:G30"/>
     <mergeCell ref="C37:G37"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C10:E11"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="C36:F36"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="F24:G24"/>
     <mergeCell ref="F25:G25"/>
     <mergeCell ref="F26:G26"/>
     <mergeCell ref="F27:G27"/>
     <mergeCell ref="F28:G28"/>
     <mergeCell ref="F29:G29"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="C3:G3"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="F20:G20"/>
     <mergeCell ref="F6:G6"/>
-    <mergeCell ref="F7:G7"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="F10:G11"/>
     <mergeCell ref="F12:G12"/>
-    <mergeCell ref="F31:G31"/>
-[...3 lines deleted...]
-    <mergeCell ref="F35:G35"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:G12" xr:uid="{5491126E-1501-4267-B470-8798EF3AFB13}">
       <formula1>"Yes,No,I'm not sure yet"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <extLst>
-[...10 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E28A5457-EF62-43A0-A170-A8C8CB5A0D57}">
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
   <dimension ref="B1:G970"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="G27" sqref="G27"/>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
     <col min="3" max="3" width="84.5703125" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="3.7109375" customWidth="1"/>
     <col min="6" max="6" width="3.140625" customWidth="1"/>
     <col min="7" max="7" width="80.28515625" customWidth="1"/>
     <col min="8" max="14" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:7" ht="21" customHeight="1">
-      <c r="B2" s="100"/>
-[...2 lines deleted...]
-      <c r="E2" s="114"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="64"/>
     </row>
     <row r="3" spans="2:7" ht="21" customHeight="1">
-      <c r="B3" s="90"/>
-[...4 lines deleted...]
-      <c r="E3" s="99"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="254" t="s">
+        <v>86</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="49"/>
     </row>
     <row r="4" spans="2:7" ht="17.25" customHeight="1">
-      <c r="B4" s="90"/>
-[...4 lines deleted...]
-      <c r="E4" s="99"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" s="39"/>
+      <c r="E4" s="49"/>
     </row>
     <row r="5" spans="2:7">
-      <c r="B5" s="90"/>
-[...2 lines deleted...]
-      <c r="E5" s="99"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="52"/>
+      <c r="D5" s="66"/>
+      <c r="E5" s="49"/>
     </row>
     <row r="6" spans="2:7" ht="15.75" thickBot="1">
-      <c r="B6" s="90"/>
-[...4 lines deleted...]
-      <c r="E6" s="99"/>
+      <c r="B6" s="40"/>
+      <c r="C6" s="287" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" s="287"/>
+      <c r="E6" s="49"/>
     </row>
     <row r="7" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B7" s="112"/>
-[...8 lines deleted...]
-        <v>168</v>
+      <c r="B7" s="62"/>
+      <c r="C7" s="130" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" s="132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="49"/>
+      <c r="G7" s="301" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B8" s="112"/>
-[...3 lines deleted...]
-      <c r="G8" s="315"/>
+      <c r="B8" s="62"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="106"/>
+      <c r="E8" s="49"/>
+      <c r="G8" s="301"/>
     </row>
     <row r="9" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B9" s="112"/>
-[...3 lines deleted...]
-      <c r="G9" s="315"/>
+      <c r="B9" s="62"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="106"/>
+      <c r="E9" s="49"/>
+      <c r="G9" s="301"/>
     </row>
     <row r="10" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B10" s="112"/>
-[...2 lines deleted...]
-      <c r="E10" s="99"/>
+      <c r="B10" s="62"/>
+      <c r="C10" s="58"/>
+      <c r="D10" s="106"/>
+      <c r="E10" s="49"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B11" s="112"/>
-[...2 lines deleted...]
-      <c r="E11" s="99"/>
+      <c r="B11" s="62"/>
+      <c r="C11" s="58"/>
+      <c r="D11" s="106"/>
+      <c r="E11" s="49"/>
     </row>
     <row r="12" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B12" s="112"/>
-[...2 lines deleted...]
-      <c r="E12" s="99"/>
+      <c r="B12" s="62"/>
+      <c r="C12" s="58"/>
+      <c r="D12" s="106"/>
+      <c r="E12" s="49"/>
     </row>
     <row r="13" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B13" s="112"/>
-[...2 lines deleted...]
-      <c r="E13" s="99"/>
+      <c r="B13" s="62"/>
+      <c r="C13" s="58"/>
+      <c r="D13" s="106"/>
+      <c r="E13" s="49"/>
     </row>
     <row r="14" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B14" s="112"/>
-[...2 lines deleted...]
-      <c r="E14" s="99"/>
+      <c r="B14" s="62"/>
+      <c r="C14" s="58"/>
+      <c r="D14" s="106"/>
+      <c r="E14" s="49"/>
     </row>
     <row r="15" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B15" s="112"/>
-[...2 lines deleted...]
-      <c r="E15" s="99"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="58"/>
+      <c r="D15" s="106"/>
+      <c r="E15" s="49"/>
     </row>
     <row r="16" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B16" s="112"/>
-[...2 lines deleted...]
-      <c r="E16" s="99"/>
+      <c r="B16" s="62"/>
+      <c r="C16" s="58"/>
+      <c r="D16" s="106"/>
+      <c r="E16" s="49"/>
     </row>
     <row r="17" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B17" s="112"/>
-[...2 lines deleted...]
-      <c r="E17" s="99"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="58"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="49"/>
     </row>
     <row r="18" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B18" s="112"/>
-[...2 lines deleted...]
-      <c r="E18" s="99"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="58"/>
+      <c r="D18" s="106"/>
+      <c r="E18" s="49"/>
     </row>
     <row r="19" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B19" s="112"/>
-[...2 lines deleted...]
-      <c r="E19" s="99"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="58"/>
+      <c r="D19" s="106"/>
+      <c r="E19" s="49"/>
     </row>
     <row r="20" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B20" s="112"/>
-[...2 lines deleted...]
-      <c r="E20" s="99"/>
+      <c r="B20" s="62"/>
+      <c r="C20" s="58"/>
+      <c r="D20" s="106"/>
+      <c r="E20" s="49"/>
     </row>
     <row r="21" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B21" s="112"/>
-[...2 lines deleted...]
-      <c r="E21" s="99"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="58"/>
+      <c r="D21" s="106"/>
+      <c r="E21" s="49"/>
     </row>
     <row r="22" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B22" s="112"/>
-[...2 lines deleted...]
-      <c r="E22" s="99"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="58"/>
+      <c r="D22" s="106"/>
+      <c r="E22" s="49"/>
     </row>
     <row r="23" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B23" s="112"/>
-[...2 lines deleted...]
-      <c r="E23" s="99"/>
+      <c r="B23" s="62"/>
+      <c r="C23" s="58"/>
+      <c r="D23" s="106"/>
+      <c r="E23" s="49"/>
     </row>
     <row r="24" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B24" s="112"/>
-[...2 lines deleted...]
-      <c r="E24" s="99"/>
+      <c r="B24" s="62"/>
+      <c r="C24" s="58"/>
+      <c r="D24" s="106"/>
+      <c r="E24" s="49"/>
     </row>
     <row r="25" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B25" s="112"/>
-[...2 lines deleted...]
-      <c r="E25" s="99"/>
+      <c r="B25" s="62"/>
+      <c r="C25" s="58"/>
+      <c r="D25" s="106"/>
+      <c r="E25" s="49"/>
     </row>
     <row r="26" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B26" s="112"/>
-[...2 lines deleted...]
-      <c r="E26" s="99"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="58"/>
+      <c r="D26" s="106"/>
+      <c r="E26" s="49"/>
     </row>
     <row r="27" spans="2:7" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B27" s="112"/>
-[...2 lines deleted...]
-      <c r="E27" s="99"/>
+      <c r="B27" s="62"/>
+      <c r="C27" s="59"/>
+      <c r="D27" s="107"/>
+      <c r="E27" s="49"/>
     </row>
     <row r="28" spans="2:7" ht="30.75" customHeight="1">
-      <c r="B28" s="112"/>
-[...2 lines deleted...]
-      <c r="E28" s="99"/>
+      <c r="B28" s="62"/>
+      <c r="C28" s="296"/>
+      <c r="D28" s="296"/>
+      <c r="E28" s="49"/>
     </row>
     <row r="29" spans="2:7" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B29" s="112"/>
-[...4 lines deleted...]
-      <c r="E29" s="99"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="287" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" s="287"/>
+      <c r="E29" s="49"/>
     </row>
     <row r="30" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B30" s="112"/>
-[...3 lines deleted...]
-      <c r="D30" s="235" t="s">
+      <c r="B30" s="62"/>
+      <c r="C30" s="130" t="s">
         <v>82</v>
       </c>
-      <c r="E30" s="99"/>
-[...1 lines deleted...]
-        <v>192</v>
+      <c r="D30" s="131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="49"/>
+      <c r="G30" s="301" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="31" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B31" s="112"/>
-[...3 lines deleted...]
-      <c r="G31" s="315"/>
+      <c r="B31" s="62"/>
+      <c r="C31" s="57"/>
+      <c r="D31" s="116"/>
+      <c r="E31" s="49"/>
+      <c r="G31" s="301"/>
     </row>
     <row r="32" spans="2:7" ht="15.75" customHeight="1">
-      <c r="B32" s="112"/>
-[...3 lines deleted...]
-      <c r="G32" s="315"/>
+      <c r="B32" s="62"/>
+      <c r="C32" s="58"/>
+      <c r="D32" s="117"/>
+      <c r="E32" s="49"/>
+      <c r="G32" s="301"/>
     </row>
     <row r="33" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B33" s="112"/>
-[...2 lines deleted...]
-      <c r="E33" s="99"/>
+      <c r="B33" s="62"/>
+      <c r="C33" s="58"/>
+      <c r="D33" s="117"/>
+      <c r="E33" s="49"/>
     </row>
     <row r="34" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B34" s="112"/>
-[...2 lines deleted...]
-      <c r="E34" s="99"/>
+      <c r="B34" s="62"/>
+      <c r="C34" s="58"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="49"/>
     </row>
     <row r="35" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B35" s="112"/>
-[...2 lines deleted...]
-      <c r="E35" s="99"/>
+      <c r="B35" s="62"/>
+      <c r="C35" s="58"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="49"/>
     </row>
     <row r="36" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B36" s="112"/>
-[...2 lines deleted...]
-      <c r="E36" s="99"/>
+      <c r="B36" s="62"/>
+      <c r="C36" s="58"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="49"/>
     </row>
     <row r="37" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B37" s="112"/>
-[...2 lines deleted...]
-      <c r="E37" s="99"/>
+      <c r="B37" s="62"/>
+      <c r="C37" s="58"/>
+      <c r="D37" s="117"/>
+      <c r="E37" s="49"/>
     </row>
     <row r="38" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B38" s="112"/>
-[...2 lines deleted...]
-      <c r="E38" s="99"/>
+      <c r="B38" s="62"/>
+      <c r="C38" s="58"/>
+      <c r="D38" s="117"/>
+      <c r="E38" s="49"/>
     </row>
     <row r="39" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B39" s="112"/>
-[...2 lines deleted...]
-      <c r="E39" s="99"/>
+      <c r="B39" s="62"/>
+      <c r="C39" s="58"/>
+      <c r="D39" s="117"/>
+      <c r="E39" s="49"/>
     </row>
     <row r="40" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B40" s="112"/>
-[...2 lines deleted...]
-      <c r="E40" s="99"/>
+      <c r="B40" s="62"/>
+      <c r="C40" s="58"/>
+      <c r="D40" s="117"/>
+      <c r="E40" s="49"/>
     </row>
     <row r="41" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B41" s="112"/>
-[...2 lines deleted...]
-      <c r="E41" s="99"/>
+      <c r="B41" s="62"/>
+      <c r="C41" s="58"/>
+      <c r="D41" s="117"/>
+      <c r="E41" s="49"/>
     </row>
     <row r="42" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B42" s="112"/>
-[...2 lines deleted...]
-      <c r="E42" s="99"/>
+      <c r="B42" s="62"/>
+      <c r="C42" s="58"/>
+      <c r="D42" s="117"/>
+      <c r="E42" s="49"/>
     </row>
     <row r="43" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B43" s="112"/>
-[...2 lines deleted...]
-      <c r="E43" s="99"/>
+      <c r="B43" s="62"/>
+      <c r="C43" s="58"/>
+      <c r="D43" s="117"/>
+      <c r="E43" s="49"/>
     </row>
     <row r="44" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B44" s="112"/>
-[...2 lines deleted...]
-      <c r="E44" s="99"/>
+      <c r="B44" s="62"/>
+      <c r="C44" s="58"/>
+      <c r="D44" s="117"/>
+      <c r="E44" s="49"/>
     </row>
     <row r="45" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B45" s="112"/>
-[...2 lines deleted...]
-      <c r="E45" s="99"/>
+      <c r="B45" s="62"/>
+      <c r="C45" s="58"/>
+      <c r="D45" s="117"/>
+      <c r="E45" s="49"/>
     </row>
     <row r="46" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B46" s="112"/>
-[...2 lines deleted...]
-      <c r="E46" s="99"/>
+      <c r="B46" s="62"/>
+      <c r="C46" s="58"/>
+      <c r="D46" s="117"/>
+      <c r="E46" s="49"/>
     </row>
     <row r="47" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B47" s="112"/>
-[...2 lines deleted...]
-      <c r="E47" s="99"/>
+      <c r="B47" s="62"/>
+      <c r="C47" s="58"/>
+      <c r="D47" s="117"/>
+      <c r="E47" s="49"/>
     </row>
     <row r="48" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B48" s="112"/>
-[...2 lines deleted...]
-      <c r="E48" s="99"/>
+      <c r="B48" s="62"/>
+      <c r="C48" s="58"/>
+      <c r="D48" s="117"/>
+      <c r="E48" s="49"/>
     </row>
     <row r="49" spans="2:5" ht="15.75" customHeight="1">
-      <c r="B49" s="112"/>
-[...2 lines deleted...]
-      <c r="E49" s="99"/>
+      <c r="B49" s="62"/>
+      <c r="C49" s="58"/>
+      <c r="D49" s="117"/>
+      <c r="E49" s="49"/>
     </row>
     <row r="50" spans="2:5" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B50" s="112"/>
-[...2 lines deleted...]
-      <c r="E50" s="99"/>
+      <c r="B50" s="62"/>
+      <c r="C50" s="59"/>
+      <c r="D50" s="118"/>
+      <c r="E50" s="49"/>
     </row>
     <row r="51" spans="2:5" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B51" s="113"/>
-[...2 lines deleted...]
-      <c r="E51" s="115"/>
+      <c r="B51" s="63"/>
+      <c r="C51" s="20"/>
+      <c r="D51" s="20"/>
+      <c r="E51" s="65"/>
     </row>
     <row r="52" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="53" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="54" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="55" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="56" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="57" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="58" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="59" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="60" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="61" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="62" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="63" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="64" spans="2:5" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
     <row r="66" ht="15.75" customHeight="1"/>
     <row r="67" ht="15.75" customHeight="1"/>
     <row r="68" ht="15.75" customHeight="1"/>
     <row r="69" ht="15.75" customHeight="1"/>
     <row r="70" ht="15.75" customHeight="1"/>
     <row r="71" ht="15.75" customHeight="1"/>
     <row r="72" ht="15.75" customHeight="1"/>
     <row r="73" ht="15.75" customHeight="1"/>
     <row r="74" ht="15.75" customHeight="1"/>
     <row r="75" ht="15.75" customHeight="1"/>
@@ -9559,790 +8898,925 @@
     <row r="960" ht="15.75" customHeight="1"/>
     <row r="961" ht="15.75" customHeight="1"/>
     <row r="962" ht="15.75" customHeight="1"/>
     <row r="963" ht="15.75" customHeight="1"/>
     <row r="964" ht="15.75" customHeight="1"/>
     <row r="965" ht="15.75" customHeight="1"/>
     <row r="966" ht="15.75" customHeight="1"/>
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
     <row r="970" ht="15.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="G7:G9"/>
     <mergeCell ref="G30:G32"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{656151C1-EFF0-460B-B4AC-B7C921F57018}">
-  <dimension ref="B1:K891"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{656151C1-EFF0-460B-B4AC-B7C921F57018}">
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
+  <dimension ref="B1:L893"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F42" sqref="F42"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="Q51" sqref="Q51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
-    <col min="3" max="3" width="11" customWidth="1"/>
+    <col min="3" max="3" width="14.5703125" customWidth="1"/>
     <col min="4" max="4" width="24.140625" customWidth="1"/>
-    <col min="5" max="5" width="11.140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="20" width="8.5703125" customWidth="1"/>
+    <col min="5" max="5" width="16.5703125" customWidth="1"/>
+    <col min="6" max="6" width="19.140625" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.5703125" customWidth="1"/>
+    <col min="9" max="9" width="11.28515625" customWidth="1"/>
+    <col min="10" max="10" width="20.28515625" customWidth="1"/>
+    <col min="11" max="11" width="20.85546875" style="5" customWidth="1"/>
+    <col min="12" max="12" width="3.7109375" customWidth="1"/>
+    <col min="13" max="21" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="15.75" thickBot="1"/>
-[...14 lines deleted...]
-      <c r="C3" s="268" t="s">
+    <row r="1" spans="2:12" ht="15.75" thickBot="1"/>
+    <row r="2" spans="2:12" ht="21" customHeight="1">
+      <c r="B2" s="50"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="51"/>
+      <c r="I2" s="51"/>
+      <c r="J2" s="51"/>
+      <c r="K2" s="51"/>
+      <c r="L2" s="64"/>
+    </row>
+    <row r="3" spans="2:12" ht="21" customHeight="1">
+      <c r="B3" s="40"/>
+      <c r="C3" s="254" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="254"/>
+      <c r="I3" s="254"/>
+      <c r="J3" s="254"/>
+      <c r="K3" s="254"/>
+      <c r="L3" s="49"/>
+    </row>
+    <row r="4" spans="2:12" ht="18.75">
+      <c r="B4" s="40"/>
+      <c r="C4" s="110" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" s="108"/>
+      <c r="E4" s="108"/>
+      <c r="F4" s="108"/>
+      <c r="G4" s="108"/>
+      <c r="H4" s="108"/>
+      <c r="I4" s="108"/>
+      <c r="J4" s="108"/>
+      <c r="K4" s="108"/>
+      <c r="L4" s="194"/>
+    </row>
+    <row r="5" spans="2:12" ht="18.75">
+      <c r="B5" s="40"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="108"/>
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="108"/>
+      <c r="H5" s="108"/>
+      <c r="I5" s="108"/>
+      <c r="J5" s="108"/>
+      <c r="K5" s="108"/>
+      <c r="L5" s="194"/>
+    </row>
+    <row r="6" spans="2:12" ht="18.75">
+      <c r="B6" s="40"/>
+      <c r="C6" s="109" t="s">
+        <v>131</v>
+      </c>
+      <c r="D6" s="108"/>
+      <c r="E6" s="108"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="108"/>
+      <c r="H6" s="108"/>
+      <c r="I6" s="108"/>
+      <c r="J6" s="108"/>
+      <c r="K6" s="108"/>
+      <c r="L6" s="194"/>
+    </row>
+    <row r="7" spans="2:12" ht="30.75" customHeight="1">
+      <c r="B7" s="40"/>
+      <c r="C7" s="190" t="s">
+        <v>79</v>
+      </c>
+      <c r="D7" s="191" t="s">
+        <v>129</v>
+      </c>
+      <c r="E7" s="302" t="s">
+        <v>80</v>
+      </c>
+      <c r="F7" s="302"/>
+      <c r="G7" s="302"/>
+      <c r="H7" s="302" t="s">
+        <v>81</v>
+      </c>
+      <c r="I7" s="302"/>
+      <c r="J7" s="302"/>
+      <c r="K7" s="302"/>
+      <c r="L7" s="194"/>
+    </row>
+    <row r="8" spans="2:12" ht="18.75">
+      <c r="B8" s="40"/>
+      <c r="C8" s="192" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="193"/>
+      <c r="E8" s="303"/>
+      <c r="F8" s="303"/>
+      <c r="G8" s="303"/>
+      <c r="H8" s="303"/>
+      <c r="I8" s="303"/>
+      <c r="J8" s="303"/>
+      <c r="K8" s="303"/>
+      <c r="L8" s="194"/>
+    </row>
+    <row r="9" spans="2:12" ht="18.75">
+      <c r="B9" s="40"/>
+      <c r="C9" s="163" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="193"/>
+      <c r="E9" s="303"/>
+      <c r="F9" s="303"/>
+      <c r="G9" s="303"/>
+      <c r="H9" s="303"/>
+      <c r="I9" s="303"/>
+      <c r="J9" s="303"/>
+      <c r="K9" s="303"/>
+      <c r="L9" s="194"/>
+    </row>
+    <row r="10" spans="2:12" s="5" customFormat="1" ht="18.75">
+      <c r="B10" s="40"/>
+      <c r="C10" s="163" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="193"/>
+      <c r="E10" s="303"/>
+      <c r="F10" s="303"/>
+      <c r="G10" s="303"/>
+      <c r="H10" s="303"/>
+      <c r="I10" s="303"/>
+      <c r="J10" s="303"/>
+      <c r="K10" s="303"/>
+      <c r="L10" s="194"/>
+    </row>
+    <row r="11" spans="2:12" s="5" customFormat="1" ht="18.75">
+      <c r="B11" s="40"/>
+      <c r="C11" s="197"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="108"/>
+      <c r="G11" s="108"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="108"/>
+      <c r="J11" s="108"/>
+      <c r="K11" s="108"/>
+      <c r="L11" s="194"/>
+    </row>
+    <row r="12" spans="2:12" s="5" customFormat="1" ht="11.25" customHeight="1">
+      <c r="B12" s="4"/>
+      <c r="C12" s="195"/>
+      <c r="D12" s="196"/>
+      <c r="E12" s="196"/>
+      <c r="F12" s="196"/>
+      <c r="G12" s="196"/>
+      <c r="H12" s="196"/>
+      <c r="I12" s="196"/>
+      <c r="J12" s="196"/>
+      <c r="K12" s="196"/>
+      <c r="L12" s="232"/>
+    </row>
+    <row r="13" spans="2:12" s="5" customFormat="1" ht="27.75" customHeight="1">
+      <c r="B13" s="40"/>
+      <c r="C13" s="108"/>
+      <c r="D13" s="108"/>
+      <c r="E13" s="108"/>
+      <c r="F13" s="108"/>
+      <c r="G13" s="108"/>
+      <c r="H13" s="108"/>
+      <c r="I13" s="108"/>
+      <c r="J13" s="108"/>
+      <c r="K13" s="108"/>
+      <c r="L13" s="194"/>
+    </row>
+    <row r="14" spans="2:12" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B14" s="62"/>
+      <c r="C14" s="109" t="s">
+        <v>140</v>
+      </c>
+      <c r="D14" s="108"/>
+      <c r="E14" s="108"/>
+      <c r="F14" s="108"/>
+      <c r="G14" s="108"/>
+      <c r="H14" s="108"/>
+      <c r="I14" s="108"/>
+      <c r="J14" s="108"/>
+      <c r="K14" s="108"/>
+      <c r="L14" s="49"/>
+    </row>
+    <row r="15" spans="2:12" s="210" customFormat="1" ht="32.25" customHeight="1">
+      <c r="B15" s="233"/>
+      <c r="C15" s="216" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" s="217" t="s">
+        <v>138</v>
+      </c>
+      <c r="E15" s="320" t="s">
+        <v>137</v>
+      </c>
+      <c r="F15" s="321"/>
+      <c r="G15" s="322" t="s">
+        <v>139</v>
+      </c>
+      <c r="H15" s="323"/>
+      <c r="I15" s="304" t="s">
+        <v>148</v>
+      </c>
+      <c r="J15" s="305"/>
+      <c r="K15" s="306"/>
+      <c r="L15" s="234"/>
+    </row>
+    <row r="16" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B16" s="62"/>
+      <c r="C16" s="218" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="219"/>
+      <c r="E16" s="324"/>
+      <c r="F16" s="325"/>
+      <c r="G16" s="318"/>
+      <c r="H16" s="319"/>
+      <c r="I16" s="307"/>
+      <c r="J16" s="308"/>
+      <c r="K16" s="309"/>
+      <c r="L16" s="49"/>
+    </row>
+    <row r="17" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B17" s="62"/>
+      <c r="C17" s="218" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="219"/>
+      <c r="E17" s="324"/>
+      <c r="F17" s="325"/>
+      <c r="G17" s="318"/>
+      <c r="H17" s="319"/>
+      <c r="I17" s="307"/>
+      <c r="J17" s="308"/>
+      <c r="K17" s="309"/>
+      <c r="L17" s="49"/>
+    </row>
+    <row r="18" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B18" s="62"/>
+      <c r="C18" s="220" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="219"/>
+      <c r="E18" s="324"/>
+      <c r="F18" s="325"/>
+      <c r="G18" s="318"/>
+      <c r="H18" s="319"/>
+      <c r="I18" s="307"/>
+      <c r="J18" s="308"/>
+      <c r="K18" s="309"/>
+      <c r="L18" s="49"/>
+    </row>
+    <row r="19" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B19" s="62"/>
+      <c r="C19" s="220" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="219"/>
+      <c r="E19" s="324"/>
+      <c r="F19" s="325"/>
+      <c r="G19" s="318"/>
+      <c r="H19" s="319"/>
+      <c r="I19" s="307"/>
+      <c r="J19" s="308"/>
+      <c r="K19" s="309"/>
+      <c r="L19" s="49"/>
+    </row>
+    <row r="20" spans="2:12" ht="6" customHeight="1">
+      <c r="B20" s="62"/>
+      <c r="C20" s="221"/>
+      <c r="D20" s="222"/>
+      <c r="E20" s="221"/>
+      <c r="F20" s="222"/>
+      <c r="G20" s="221"/>
+      <c r="H20" s="222"/>
+      <c r="I20" s="221"/>
+      <c r="J20" s="215"/>
+      <c r="K20" s="222"/>
+      <c r="L20" s="49"/>
+    </row>
+    <row r="21" spans="2:12" s="198" customFormat="1" ht="30.75" customHeight="1">
+      <c r="B21" s="235"/>
+      <c r="C21" s="336" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" s="337"/>
+      <c r="E21" s="314" t="s">
+        <v>135</v>
+      </c>
+      <c r="F21" s="315"/>
+      <c r="G21" s="316" t="s">
+        <v>136</v>
+      </c>
+      <c r="H21" s="317"/>
+      <c r="I21" s="338" t="s">
+        <v>149</v>
+      </c>
+      <c r="J21" s="339"/>
+      <c r="K21" s="340"/>
+      <c r="L21" s="236"/>
+    </row>
+    <row r="22" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B22" s="62"/>
+      <c r="C22" s="199" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" s="200" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" s="199" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="200" t="s">
+        <v>130</v>
+      </c>
+      <c r="G22" s="223" t="s">
+        <v>83</v>
+      </c>
+      <c r="H22" s="200" t="s">
+        <v>130</v>
+      </c>
+      <c r="I22" s="209" t="s">
+        <v>79</v>
+      </c>
+      <c r="J22" s="214" t="s">
+        <v>130</v>
+      </c>
+      <c r="K22" s="226" t="s">
+        <v>141</v>
+      </c>
+      <c r="L22" s="49"/>
+    </row>
+    <row r="23" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B23" s="62"/>
+      <c r="C23" s="201"/>
+      <c r="D23" s="202"/>
+      <c r="E23" s="205"/>
+      <c r="F23" s="206"/>
+      <c r="G23" s="211"/>
+      <c r="H23" s="224"/>
+      <c r="I23" s="227"/>
+      <c r="J23" s="213"/>
+      <c r="K23" s="228"/>
+      <c r="L23" s="49"/>
+    </row>
+    <row r="24" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B24" s="62"/>
+      <c r="C24" s="201"/>
+      <c r="D24" s="202"/>
+      <c r="E24" s="205"/>
+      <c r="F24" s="206"/>
+      <c r="G24" s="211"/>
+      <c r="H24" s="224"/>
+      <c r="I24" s="227"/>
+      <c r="J24" s="213"/>
+      <c r="K24" s="228"/>
+      <c r="L24" s="49"/>
+    </row>
+    <row r="25" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B25" s="62"/>
+      <c r="C25" s="201"/>
+      <c r="D25" s="202"/>
+      <c r="E25" s="205"/>
+      <c r="F25" s="206"/>
+      <c r="G25" s="211"/>
+      <c r="H25" s="224"/>
+      <c r="I25" s="227"/>
+      <c r="J25" s="213"/>
+      <c r="K25" s="228"/>
+      <c r="L25" s="49"/>
+    </row>
+    <row r="26" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B26" s="62"/>
+      <c r="C26" s="201"/>
+      <c r="D26" s="202"/>
+      <c r="E26" s="205"/>
+      <c r="F26" s="206"/>
+      <c r="G26" s="211"/>
+      <c r="H26" s="224"/>
+      <c r="I26" s="227"/>
+      <c r="J26" s="213"/>
+      <c r="K26" s="228"/>
+      <c r="L26" s="49"/>
+    </row>
+    <row r="27" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B27" s="62"/>
+      <c r="C27" s="201"/>
+      <c r="D27" s="202"/>
+      <c r="E27" s="205"/>
+      <c r="F27" s="206"/>
+      <c r="G27" s="211"/>
+      <c r="H27" s="224"/>
+      <c r="I27" s="227"/>
+      <c r="J27" s="213"/>
+      <c r="K27" s="228"/>
+      <c r="L27" s="49"/>
+    </row>
+    <row r="28" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B28" s="62"/>
+      <c r="C28" s="201"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="205"/>
+      <c r="F28" s="206"/>
+      <c r="G28" s="211"/>
+      <c r="H28" s="224"/>
+      <c r="I28" s="227"/>
+      <c r="J28" s="213"/>
+      <c r="K28" s="228"/>
+      <c r="L28" s="49"/>
+    </row>
+    <row r="29" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B29" s="62"/>
+      <c r="C29" s="201"/>
+      <c r="D29" s="202"/>
+      <c r="E29" s="205"/>
+      <c r="F29" s="206"/>
+      <c r="G29" s="211"/>
+      <c r="H29" s="224"/>
+      <c r="I29" s="227"/>
+      <c r="J29" s="213"/>
+      <c r="K29" s="228"/>
+      <c r="L29" s="49"/>
+    </row>
+    <row r="30" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B30" s="62"/>
+      <c r="C30" s="201"/>
+      <c r="D30" s="202"/>
+      <c r="E30" s="205"/>
+      <c r="F30" s="206"/>
+      <c r="G30" s="211"/>
+      <c r="H30" s="224"/>
+      <c r="I30" s="227"/>
+      <c r="J30" s="213"/>
+      <c r="K30" s="228"/>
+      <c r="L30" s="49"/>
+    </row>
+    <row r="31" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B31" s="62"/>
+      <c r="C31" s="201"/>
+      <c r="D31" s="202"/>
+      <c r="E31" s="205"/>
+      <c r="F31" s="206"/>
+      <c r="G31" s="211"/>
+      <c r="H31" s="224"/>
+      <c r="I31" s="227"/>
+      <c r="J31" s="213"/>
+      <c r="K31" s="228"/>
+      <c r="L31" s="49"/>
+    </row>
+    <row r="32" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B32" s="62"/>
+      <c r="C32" s="201"/>
+      <c r="D32" s="202"/>
+      <c r="E32" s="205"/>
+      <c r="F32" s="206"/>
+      <c r="G32" s="211"/>
+      <c r="H32" s="224"/>
+      <c r="I32" s="227"/>
+      <c r="J32" s="213"/>
+      <c r="K32" s="228"/>
+      <c r="L32" s="49"/>
+    </row>
+    <row r="33" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B33" s="62"/>
+      <c r="C33" s="201"/>
+      <c r="D33" s="202"/>
+      <c r="E33" s="205"/>
+      <c r="F33" s="206"/>
+      <c r="G33" s="211"/>
+      <c r="H33" s="224"/>
+      <c r="I33" s="227"/>
+      <c r="J33" s="213"/>
+      <c r="K33" s="228"/>
+      <c r="L33" s="49"/>
+    </row>
+    <row r="34" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B34" s="62"/>
+      <c r="C34" s="201"/>
+      <c r="D34" s="202"/>
+      <c r="E34" s="205"/>
+      <c r="F34" s="206"/>
+      <c r="G34" s="211"/>
+      <c r="H34" s="224"/>
+      <c r="I34" s="227"/>
+      <c r="J34" s="213"/>
+      <c r="K34" s="228"/>
+      <c r="L34" s="49"/>
+    </row>
+    <row r="35" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B35" s="62"/>
+      <c r="C35" s="201"/>
+      <c r="D35" s="202"/>
+      <c r="E35" s="205"/>
+      <c r="F35" s="206"/>
+      <c r="G35" s="211"/>
+      <c r="H35" s="224"/>
+      <c r="I35" s="227"/>
+      <c r="J35" s="213"/>
+      <c r="K35" s="228"/>
+      <c r="L35" s="49"/>
+    </row>
+    <row r="36" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B36" s="62"/>
+      <c r="C36" s="201"/>
+      <c r="D36" s="202"/>
+      <c r="E36" s="205"/>
+      <c r="F36" s="206"/>
+      <c r="G36" s="211"/>
+      <c r="H36" s="224"/>
+      <c r="I36" s="227"/>
+      <c r="J36" s="213"/>
+      <c r="K36" s="228"/>
+      <c r="L36" s="49"/>
+    </row>
+    <row r="37" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B37" s="62"/>
+      <c r="C37" s="201"/>
+      <c r="D37" s="202"/>
+      <c r="E37" s="205"/>
+      <c r="F37" s="206"/>
+      <c r="G37" s="211"/>
+      <c r="H37" s="224"/>
+      <c r="I37" s="227"/>
+      <c r="J37" s="213"/>
+      <c r="K37" s="228"/>
+      <c r="L37" s="49"/>
+    </row>
+    <row r="38" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B38" s="62"/>
+      <c r="C38" s="201"/>
+      <c r="D38" s="202"/>
+      <c r="E38" s="205"/>
+      <c r="F38" s="206"/>
+      <c r="G38" s="211"/>
+      <c r="H38" s="224"/>
+      <c r="I38" s="227"/>
+      <c r="J38" s="213"/>
+      <c r="K38" s="228"/>
+      <c r="L38" s="49"/>
+    </row>
+    <row r="39" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B39" s="62"/>
+      <c r="C39" s="201"/>
+      <c r="D39" s="202"/>
+      <c r="E39" s="205"/>
+      <c r="F39" s="206"/>
+      <c r="G39" s="211"/>
+      <c r="H39" s="224"/>
+      <c r="I39" s="227"/>
+      <c r="J39" s="213"/>
+      <c r="K39" s="228"/>
+      <c r="L39" s="49"/>
+    </row>
+    <row r="40" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B40" s="62"/>
+      <c r="C40" s="201"/>
+      <c r="D40" s="202"/>
+      <c r="E40" s="205"/>
+      <c r="F40" s="206"/>
+      <c r="G40" s="211"/>
+      <c r="H40" s="224"/>
+      <c r="I40" s="227"/>
+      <c r="J40" s="213"/>
+      <c r="K40" s="228"/>
+      <c r="L40" s="49"/>
+    </row>
+    <row r="41" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B41" s="62"/>
+      <c r="C41" s="201"/>
+      <c r="D41" s="202"/>
+      <c r="E41" s="205"/>
+      <c r="F41" s="206"/>
+      <c r="G41" s="211"/>
+      <c r="H41" s="224"/>
+      <c r="I41" s="227"/>
+      <c r="J41" s="213"/>
+      <c r="K41" s="228"/>
+      <c r="L41" s="49"/>
+    </row>
+    <row r="42" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B42" s="62"/>
+      <c r="C42" s="201"/>
+      <c r="D42" s="202"/>
+      <c r="E42" s="205"/>
+      <c r="F42" s="206"/>
+      <c r="G42" s="211"/>
+      <c r="H42" s="224"/>
+      <c r="I42" s="227"/>
+      <c r="J42" s="213"/>
+      <c r="K42" s="228"/>
+      <c r="L42" s="49"/>
+    </row>
+    <row r="43" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B43" s="62"/>
+      <c r="C43" s="201"/>
+      <c r="D43" s="202"/>
+      <c r="E43" s="205"/>
+      <c r="F43" s="206"/>
+      <c r="G43" s="211"/>
+      <c r="H43" s="224"/>
+      <c r="I43" s="227"/>
+      <c r="J43" s="213"/>
+      <c r="K43" s="228"/>
+      <c r="L43" s="49"/>
+    </row>
+    <row r="44" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B44" s="62"/>
+      <c r="C44" s="201"/>
+      <c r="D44" s="202"/>
+      <c r="E44" s="205"/>
+      <c r="F44" s="206"/>
+      <c r="G44" s="211"/>
+      <c r="H44" s="224"/>
+      <c r="I44" s="227"/>
+      <c r="J44" s="213"/>
+      <c r="K44" s="228"/>
+      <c r="L44" s="49"/>
+    </row>
+    <row r="45" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B45" s="62"/>
+      <c r="C45" s="201"/>
+      <c r="D45" s="202"/>
+      <c r="E45" s="205"/>
+      <c r="F45" s="206"/>
+      <c r="G45" s="211"/>
+      <c r="H45" s="224"/>
+      <c r="I45" s="227"/>
+      <c r="J45" s="213"/>
+      <c r="K45" s="228"/>
+      <c r="L45" s="49"/>
+    </row>
+    <row r="46" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B46" s="62"/>
+      <c r="C46" s="201"/>
+      <c r="D46" s="202"/>
+      <c r="E46" s="205"/>
+      <c r="F46" s="206"/>
+      <c r="G46" s="211"/>
+      <c r="H46" s="224"/>
+      <c r="I46" s="227"/>
+      <c r="J46" s="213"/>
+      <c r="K46" s="228"/>
+      <c r="L46" s="49"/>
+    </row>
+    <row r="47" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B47" s="62"/>
+      <c r="C47" s="201"/>
+      <c r="D47" s="202"/>
+      <c r="E47" s="205"/>
+      <c r="F47" s="206"/>
+      <c r="G47" s="211"/>
+      <c r="H47" s="224"/>
+      <c r="I47" s="227"/>
+      <c r="J47" s="213"/>
+      <c r="K47" s="228"/>
+      <c r="L47" s="49"/>
+    </row>
+    <row r="48" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B48" s="62"/>
+      <c r="C48" s="201"/>
+      <c r="D48" s="202"/>
+      <c r="E48" s="205"/>
+      <c r="F48" s="206"/>
+      <c r="G48" s="211"/>
+      <c r="H48" s="224"/>
+      <c r="I48" s="227"/>
+      <c r="J48" s="213"/>
+      <c r="K48" s="228"/>
+      <c r="L48" s="49"/>
+    </row>
+    <row r="49" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B49" s="62"/>
+      <c r="C49" s="201"/>
+      <c r="D49" s="202"/>
+      <c r="E49" s="205"/>
+      <c r="F49" s="206"/>
+      <c r="G49" s="211"/>
+      <c r="H49" s="224"/>
+      <c r="I49" s="227"/>
+      <c r="J49" s="213"/>
+      <c r="K49" s="228"/>
+      <c r="L49" s="49"/>
+    </row>
+    <row r="50" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B50" s="62"/>
+      <c r="C50" s="201"/>
+      <c r="D50" s="202"/>
+      <c r="E50" s="205"/>
+      <c r="F50" s="206"/>
+      <c r="G50" s="211"/>
+      <c r="H50" s="224"/>
+      <c r="I50" s="227"/>
+      <c r="J50" s="213"/>
+      <c r="K50" s="228"/>
+      <c r="L50" s="49"/>
+    </row>
+    <row r="51" spans="2:12" ht="15.75" customHeight="1">
+      <c r="B51" s="62"/>
+      <c r="C51" s="201"/>
+      <c r="D51" s="202"/>
+      <c r="E51" s="205"/>
+      <c r="F51" s="206"/>
+      <c r="G51" s="211"/>
+      <c r="H51" s="224"/>
+      <c r="I51" s="227"/>
+      <c r="J51" s="213"/>
+      <c r="K51" s="228"/>
+      <c r="L51" s="49"/>
+    </row>
+    <row r="52" spans="2:12" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B52" s="62"/>
+      <c r="C52" s="203"/>
+      <c r="D52" s="204"/>
+      <c r="E52" s="207"/>
+      <c r="F52" s="208"/>
+      <c r="G52" s="212"/>
+      <c r="H52" s="225"/>
+      <c r="I52" s="229"/>
+      <c r="J52" s="230"/>
+      <c r="K52" s="231"/>
+      <c r="L52" s="49"/>
+    </row>
+    <row r="53" spans="2:12" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B53" s="62"/>
+      <c r="C53" s="54"/>
+      <c r="D53" s="54"/>
+      <c r="E53" s="54"/>
+      <c r="F53" s="54"/>
+      <c r="G53" s="54"/>
+      <c r="H53" s="54"/>
+      <c r="I53" s="54"/>
+      <c r="J53" s="54"/>
+      <c r="K53" s="54"/>
+      <c r="L53" s="49"/>
+    </row>
+    <row r="54" spans="2:12" ht="18.75">
+      <c r="B54" s="40"/>
+      <c r="C54" s="310" t="s">
+        <v>133</v>
+      </c>
+      <c r="D54" s="311"/>
+      <c r="E54" s="311"/>
+      <c r="F54" s="75"/>
+      <c r="G54" s="237"/>
+      <c r="H54" s="108"/>
+      <c r="I54" s="108"/>
+      <c r="J54" s="108"/>
+      <c r="K54" s="108"/>
+      <c r="L54" s="194"/>
+    </row>
+    <row r="55" spans="2:12" ht="19.5" thickBot="1">
+      <c r="B55" s="40"/>
+      <c r="C55" s="312" t="s">
+        <v>134</v>
+      </c>
+      <c r="D55" s="313"/>
+      <c r="E55" s="313"/>
+      <c r="F55" s="76"/>
+      <c r="G55" s="237"/>
+      <c r="H55" s="108"/>
+      <c r="I55" s="108"/>
+      <c r="J55" s="108"/>
+      <c r="K55" s="108"/>
+      <c r="L55" s="194"/>
+    </row>
+    <row r="56" spans="2:12" ht="18.75">
+      <c r="B56" s="40"/>
+      <c r="C56" s="238"/>
+      <c r="D56" s="238"/>
+      <c r="E56" s="238"/>
+      <c r="F56" s="108"/>
+      <c r="G56" s="237"/>
+      <c r="H56" s="108"/>
+      <c r="I56" s="108"/>
+      <c r="J56" s="108"/>
+      <c r="K56" s="108"/>
+      <c r="L56" s="194"/>
+    </row>
+    <row r="57" spans="2:12" ht="18.75">
+      <c r="B57" s="40"/>
+      <c r="C57" s="326" t="s">
+        <v>150</v>
+      </c>
+      <c r="D57" s="326"/>
+      <c r="E57" s="327"/>
+      <c r="F57" s="239"/>
+      <c r="G57" s="54"/>
+      <c r="H57" s="334" t="s">
         <v>143</v>
       </c>
-      <c r="D3" s="268"/>
-[...299 lines deleted...]
-      <c r="F23" s="146" t="s">
+      <c r="I57" s="335"/>
+      <c r="J57" s="240"/>
+      <c r="K57" s="108"/>
+      <c r="L57" s="194"/>
+    </row>
+    <row r="58" spans="2:12" ht="18.75">
+      <c r="B58" s="40"/>
+      <c r="C58" s="326" t="s">
         <v>142</v>
       </c>
-      <c r="G23" s="84" t="s">
-[...394 lines deleted...]
-    <row r="64" spans="2:11" ht="15.75" customHeight="1"/>
+      <c r="D58" s="327"/>
+      <c r="E58" s="328"/>
+      <c r="F58" s="329"/>
+      <c r="G58" s="329"/>
+      <c r="H58" s="329"/>
+      <c r="I58" s="329"/>
+      <c r="J58" s="329"/>
+      <c r="K58" s="330"/>
+      <c r="L58" s="194"/>
+    </row>
+    <row r="59" spans="2:12" ht="54" customHeight="1">
+      <c r="B59" s="40"/>
+      <c r="C59" s="238"/>
+      <c r="D59" s="238"/>
+      <c r="E59" s="331"/>
+      <c r="F59" s="332"/>
+      <c r="G59" s="332"/>
+      <c r="H59" s="332"/>
+      <c r="I59" s="332"/>
+      <c r="J59" s="332"/>
+      <c r="K59" s="333"/>
+      <c r="L59" s="194"/>
+    </row>
+    <row r="60" spans="2:12" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B60" s="63"/>
+      <c r="C60" s="189"/>
+      <c r="D60" s="189"/>
+      <c r="E60" s="189"/>
+      <c r="F60" s="189"/>
+      <c r="G60" s="189"/>
+      <c r="H60" s="20"/>
+      <c r="I60" s="20"/>
+      <c r="J60" s="20"/>
+      <c r="K60" s="20"/>
+      <c r="L60" s="21"/>
+    </row>
+    <row r="61" spans="2:12" ht="15.75" customHeight="1"/>
+    <row r="62" spans="2:12" ht="15.75" customHeight="1"/>
+    <row r="63" spans="2:12" ht="15.75" customHeight="1"/>
+    <row r="64" spans="2:12" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
     <row r="66" ht="15.75" customHeight="1"/>
     <row r="67" ht="15.75" customHeight="1"/>
     <row r="68" ht="15.75" customHeight="1"/>
     <row r="69" ht="15.75" customHeight="1"/>
     <row r="70" ht="15.75" customHeight="1"/>
     <row r="71" ht="15.75" customHeight="1"/>
     <row r="72" ht="15.75" customHeight="1"/>
     <row r="73" ht="15.75" customHeight="1"/>
     <row r="74" ht="15.75" customHeight="1"/>
     <row r="75" ht="15.75" customHeight="1"/>
     <row r="76" ht="15.75" customHeight="1"/>
     <row r="77" ht="15.75" customHeight="1"/>
     <row r="78" ht="15.75" customHeight="1"/>
     <row r="79" ht="15.75" customHeight="1"/>
     <row r="80" ht="15.75" customHeight="1"/>
     <row r="81" ht="15.75" customHeight="1"/>
     <row r="82" ht="15.75" customHeight="1"/>
     <row r="83" ht="15.75" customHeight="1"/>
     <row r="84" ht="15.75" customHeight="1"/>
     <row r="85" ht="15.75" customHeight="1"/>
     <row r="86" ht="15.75" customHeight="1"/>
     <row r="87" ht="15.75" customHeight="1"/>
     <row r="88" ht="15.75" customHeight="1"/>
     <row r="89" ht="15.75" customHeight="1"/>
@@ -11126,647 +10600,676 @@
     <row r="867" ht="15.75" customHeight="1"/>
     <row r="868" ht="15.75" customHeight="1"/>
     <row r="869" ht="15.75" customHeight="1"/>
     <row r="870" ht="15.75" customHeight="1"/>
     <row r="871" ht="15.75" customHeight="1"/>
     <row r="872" ht="15.75" customHeight="1"/>
     <row r="873" ht="15.75" customHeight="1"/>
     <row r="874" ht="15.75" customHeight="1"/>
     <row r="875" ht="15.75" customHeight="1"/>
     <row r="876" ht="15.75" customHeight="1"/>
     <row r="877" ht="15.75" customHeight="1"/>
     <row r="878" ht="15.75" customHeight="1"/>
     <row r="879" ht="15.75" customHeight="1"/>
     <row r="880" ht="15.75" customHeight="1"/>
     <row r="881" ht="15.75" customHeight="1"/>
     <row r="882" ht="15.75" customHeight="1"/>
     <row r="883" ht="15.75" customHeight="1"/>
     <row r="884" ht="15.75" customHeight="1"/>
     <row r="885" ht="15.75" customHeight="1"/>
     <row r="886" ht="15.75" customHeight="1"/>
     <row r="887" ht="15.75" customHeight="1"/>
     <row r="888" ht="15.75" customHeight="1"/>
     <row r="889" ht="15.75" customHeight="1"/>
     <row r="890" ht="15.75" customHeight="1"/>
     <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="22">
-[...14 lines deleted...]
-    <mergeCell ref="H20:I20"/>
+  <mergeCells count="34">
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="E58:K59"/>
+    <mergeCell ref="C57:E57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="I21:K21"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E19:F19"/>
     <mergeCell ref="E16:F16"/>
-    <mergeCell ref="E17:F17"/>
-[...4 lines deleted...]
-    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="I15:K15"/>
+    <mergeCell ref="I16:K16"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="H7:K7"/>
+    <mergeCell ref="H8:K8"/>
+    <mergeCell ref="H9:K9"/>
+    <mergeCell ref="H10:K10"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="I17:K17"/>
+    <mergeCell ref="I18:K18"/>
+    <mergeCell ref="I19:K19"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="C3:K3"/>
+    <mergeCell ref="E7:G7"/>
+    <mergeCell ref="E8:G8"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="E10:G10"/>
   </mergeCells>
-  <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:F13" xr:uid="{7935B244-8ADD-49A0-B577-59B37BD25902}">
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F54:F57" xr:uid="{7935B244-8ADD-49A0-B577-59B37BD25902}">
       <formula1>"yes,no"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C24:C53 E24:E53 H24:H53" xr:uid="{AAB459F5-BB62-4D64-B449-B61EC77D78AC}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F23:F52 H23:H52" xr:uid="{AAB459F5-BB62-4D64-B449-B61EC77D78AC}">
       <formula1>"breakfast,lunch,dinner,snack"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C23:C52 E23:E52 G23:G52 I23:I52" xr:uid="{D427A320-A84D-4003-992F-089EED6FF945}">
+      <formula1>"all three meals, breakfast, lunch, dinner, snack"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F3FEDB1-38C0-44F8-B994-94EEB2CFE06C}">
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
   <dimension ref="B1:U977"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="I27" sqref="I27"/>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="D27" sqref="D27:E27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="3.140625" customWidth="1"/>
     <col min="3" max="3" width="3" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.5703125" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" customWidth="1"/>
     <col min="8" max="8" width="12.28515625" customWidth="1"/>
-    <col min="9" max="9" width="78.7109375" style="52" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="21" max="21" width="3.7109375" style="52" customWidth="1"/>
+    <col min="9" max="9" width="78.7109375" style="5" customWidth="1"/>
+    <col min="10" max="10" width="4" style="5" customWidth="1"/>
+    <col min="11" max="11" width="3.42578125" style="5" customWidth="1"/>
+    <col min="12" max="20" width="8.5703125" style="5" customWidth="1"/>
+    <col min="21" max="21" width="3.7109375" style="5" customWidth="1"/>
     <col min="22" max="31" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:21" ht="21" customHeight="1">
-      <c r="B2" s="183"/>
-[...18 lines deleted...]
-      <c r="U2" s="58"/>
+      <c r="B2" s="88"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+      <c r="J2" s="78"/>
+      <c r="K2" s="89"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="38"/>
+      <c r="U2" s="11"/>
     </row>
     <row r="3" spans="2:21" ht="29.25" customHeight="1">
-      <c r="B3" s="185"/>
-[...20 lines deleted...]
-      <c r="U3" s="58"/>
+      <c r="B3" s="90"/>
+      <c r="C3" s="254" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="254"/>
+      <c r="I3" s="254"/>
+      <c r="J3" s="254"/>
+      <c r="K3" s="102"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="38"/>
+      <c r="S3" s="38"/>
+      <c r="T3" s="38"/>
+      <c r="U3" s="11"/>
     </row>
     <row r="4" spans="2:21" ht="15.75">
-      <c r="B4" s="185"/>
-[...20 lines deleted...]
-      <c r="U4" s="58"/>
+      <c r="B4" s="90"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="52" t="s">
+        <v>90</v>
+      </c>
+      <c r="E4" s="52"/>
+      <c r="F4" s="52"/>
+      <c r="G4" s="52"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="101"/>
+      <c r="J4" s="54"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+      <c r="P4" s="38"/>
+      <c r="Q4" s="38"/>
+      <c r="R4" s="38"/>
+      <c r="S4" s="38"/>
+      <c r="T4" s="38"/>
+      <c r="U4" s="11"/>
     </row>
     <row r="5" spans="2:21" ht="16.5" thickBot="1">
-      <c r="B5" s="185"/>
-[...18 lines deleted...]
-      <c r="U5" s="58"/>
+      <c r="B5" s="90"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="52"/>
+      <c r="H5" s="66"/>
+      <c r="I5" s="101"/>
+      <c r="J5" s="54"/>
+      <c r="K5" s="102"/>
+      <c r="L5" s="38"/>
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+      <c r="O5" s="38"/>
+      <c r="P5" s="38"/>
+      <c r="Q5" s="38"/>
+      <c r="R5" s="38"/>
+      <c r="S5" s="38"/>
+      <c r="T5" s="38"/>
+      <c r="U5" s="11"/>
     </row>
     <row r="6" spans="2:21">
-      <c r="B6" s="185"/>
-[...18 lines deleted...]
-      <c r="U6" s="58"/>
+      <c r="B6" s="90"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="93"/>
+      <c r="E6" s="94"/>
+      <c r="F6" s="95"/>
+      <c r="G6" s="96"/>
+      <c r="H6" s="96"/>
+      <c r="I6" s="97"/>
+      <c r="J6" s="79"/>
+      <c r="K6" s="98"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="37"/>
+      <c r="Q6" s="37"/>
+      <c r="R6" s="37"/>
+      <c r="S6" s="37"/>
+      <c r="T6" s="37"/>
+      <c r="U6" s="11"/>
     </row>
     <row r="7" spans="2:21" ht="15.75" thickBot="1">
-      <c r="B7" s="185"/>
-[...52 lines deleted...]
-      <c r="K9" s="173"/>
+      <c r="B7" s="90"/>
+      <c r="C7" s="80"/>
+      <c r="D7" s="99" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" s="99"/>
+      <c r="F7" s="100" t="s">
+        <v>77</v>
+      </c>
+      <c r="G7" s="99"/>
+      <c r="H7" s="99"/>
+      <c r="I7" s="99"/>
+      <c r="J7" s="81"/>
+      <c r="K7" s="98"/>
+      <c r="L7" s="37"/>
+      <c r="M7" s="37"/>
+      <c r="N7" s="37"/>
+      <c r="O7" s="37"/>
+      <c r="P7" s="37"/>
+      <c r="Q7" s="37"/>
+      <c r="R7" s="37"/>
+      <c r="S7" s="37"/>
+      <c r="T7" s="37"/>
+      <c r="U7" s="11"/>
+    </row>
+    <row r="8" spans="2:21" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B8" s="90"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="374" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" s="375"/>
+      <c r="F8" s="111"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="378" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" s="379"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="81"/>
+    </row>
+    <row r="9" spans="2:21" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B9" s="90"/>
+      <c r="C9" s="90"/>
+      <c r="D9" s="376" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="377"/>
+      <c r="F9" s="112"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="378" t="s">
+        <v>144</v>
+      </c>
+      <c r="I9" s="379"/>
+      <c r="J9" s="81"/>
+      <c r="K9" s="81"/>
     </row>
     <row r="10" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B10" s="185"/>
-[...10 lines deleted...]
-      <c r="K10" s="173"/>
+      <c r="B10" s="90"/>
+      <c r="C10" s="90"/>
+      <c r="D10" s="376" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" s="377"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="378" t="s">
+        <v>144</v>
+      </c>
+      <c r="I10" s="379"/>
+      <c r="J10" s="81"/>
+      <c r="K10" s="81"/>
     </row>
     <row r="11" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B11" s="185"/>
-[...10 lines deleted...]
-      <c r="K11" s="173"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="90"/>
+      <c r="D11" s="376" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="377"/>
+      <c r="F11" s="112"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="124"/>
+      <c r="I11" s="125"/>
+      <c r="J11" s="81"/>
+      <c r="K11" s="81"/>
     </row>
     <row r="12" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B12" s="185"/>
-[...68 lines deleted...]
-      <c r="K16" s="173"/>
+      <c r="B12" s="90"/>
+      <c r="C12" s="90"/>
+      <c r="D12" s="376" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" s="377"/>
+      <c r="F12" s="112"/>
+      <c r="G12" s="28"/>
+      <c r="H12" s="124"/>
+      <c r="I12" s="125"/>
+      <c r="J12" s="81"/>
+      <c r="K12" s="81"/>
+    </row>
+    <row r="13" spans="2:21" s="5" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B13" s="90"/>
+      <c r="C13" s="90"/>
+      <c r="D13" s="380" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" s="381"/>
+      <c r="F13" s="113"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="241"/>
+      <c r="I13" s="242"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+    </row>
+    <row r="14" spans="2:21" s="5" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B14" s="90"/>
+      <c r="C14" s="90"/>
+      <c r="D14" s="104"/>
+      <c r="E14" s="54"/>
+      <c r="F14" s="104"/>
+      <c r="G14" s="104"/>
+      <c r="H14" s="104"/>
+      <c r="I14" s="54"/>
+      <c r="J14" s="81"/>
+      <c r="K14" s="81"/>
+    </row>
+    <row r="15" spans="2:21" s="5" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B15" s="90"/>
+      <c r="C15" s="90"/>
+      <c r="D15" s="99" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" s="99"/>
+      <c r="F15" s="100" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" s="99"/>
+      <c r="H15" s="99"/>
+      <c r="I15" s="99"/>
+      <c r="J15" s="81"/>
+      <c r="K15" s="81"/>
+    </row>
+    <row r="16" spans="2:21" s="5" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B16" s="90"/>
+      <c r="C16" s="90"/>
+      <c r="D16" s="386" t="s">
+        <v>145</v>
+      </c>
+      <c r="E16" s="387"/>
+      <c r="F16" s="384"/>
+      <c r="G16" s="244"/>
+      <c r="H16" s="390" t="s">
+        <v>63</v>
+      </c>
+      <c r="I16" s="364"/>
+      <c r="J16" s="81"/>
+      <c r="K16" s="81"/>
     </row>
     <row r="17" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B17" s="185"/>
-[...8 lines deleted...]
-      <c r="K17" s="173"/>
+      <c r="B17" s="90"/>
+      <c r="C17" s="90"/>
+      <c r="D17" s="388"/>
+      <c r="E17" s="389"/>
+      <c r="F17" s="385"/>
+      <c r="G17" s="27"/>
+      <c r="H17" s="391"/>
+      <c r="I17" s="365"/>
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
     </row>
     <row r="18" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B18" s="185"/>
-[...12 lines deleted...]
-      <c r="K18" s="173"/>
+      <c r="B18" s="90"/>
+      <c r="C18" s="90"/>
+      <c r="D18" s="358" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="359"/>
+      <c r="F18" s="114"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="360" t="s">
+        <v>76</v>
+      </c>
+      <c r="I18" s="361"/>
+      <c r="J18" s="81"/>
+      <c r="K18" s="81"/>
     </row>
     <row r="19" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B19" s="185"/>
-[...10 lines deleted...]
-      <c r="K19" s="173"/>
+      <c r="B19" s="90"/>
+      <c r="C19" s="90"/>
+      <c r="D19" s="358" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" s="359"/>
+      <c r="F19" s="114"/>
+      <c r="G19" s="27"/>
+      <c r="H19" s="362"/>
+      <c r="I19" s="363"/>
+      <c r="J19" s="81"/>
+      <c r="K19" s="81"/>
     </row>
     <row r="20" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B20" s="185"/>
-[...10 lines deleted...]
-      <c r="K20" s="173"/>
+      <c r="B20" s="90"/>
+      <c r="C20" s="90"/>
+      <c r="D20" s="382" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="383"/>
+      <c r="F20" s="112"/>
+      <c r="G20" s="28"/>
+      <c r="H20" s="243"/>
+      <c r="I20" s="245"/>
+      <c r="J20" s="81"/>
+      <c r="K20" s="81"/>
     </row>
     <row r="21" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B21" s="185"/>
-[...10 lines deleted...]
-      <c r="K21" s="173"/>
+      <c r="B21" s="90"/>
+      <c r="C21" s="90"/>
+      <c r="D21" s="370" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="371"/>
+      <c r="F21" s="112"/>
+      <c r="G21" s="28"/>
+      <c r="H21" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="I21" s="246"/>
+      <c r="J21" s="81"/>
+      <c r="K21" s="81"/>
     </row>
     <row r="22" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B22" s="185"/>
-[...10 lines deleted...]
-      <c r="K22" s="173"/>
+      <c r="B22" s="90"/>
+      <c r="C22" s="90"/>
+      <c r="D22" s="372" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" s="373"/>
+      <c r="F22" s="247"/>
+      <c r="G22" s="248"/>
+      <c r="H22" s="249" t="s">
+        <v>63</v>
+      </c>
+      <c r="I22" s="250"/>
+      <c r="J22" s="81"/>
+      <c r="K22" s="81"/>
     </row>
     <row r="23" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B23" s="185"/>
-[...8 lines deleted...]
-      <c r="K23" s="173"/>
+      <c r="B23" s="90"/>
+      <c r="C23" s="90"/>
+      <c r="D23" s="104"/>
+      <c r="E23" s="54"/>
+      <c r="F23" s="104"/>
+      <c r="G23" s="104"/>
+      <c r="H23" s="54"/>
+      <c r="I23" s="54"/>
+      <c r="J23" s="81"/>
+      <c r="K23" s="81"/>
     </row>
     <row r="24" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B24" s="185"/>
-[...10 lines deleted...]
-      <c r="K24" s="173"/>
+      <c r="B24" s="90"/>
+      <c r="C24" s="90"/>
+      <c r="D24" s="99" t="s">
+        <v>2</v>
+      </c>
+      <c r="E24" s="54"/>
+      <c r="F24" s="104"/>
+      <c r="G24" s="104"/>
+      <c r="H24" s="54"/>
+      <c r="I24" s="54"/>
+      <c r="J24" s="81"/>
+      <c r="K24" s="81"/>
     </row>
     <row r="25" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B25" s="185"/>
-[...12 lines deleted...]
-      <c r="K25" s="173"/>
+      <c r="B25" s="90"/>
+      <c r="C25" s="90"/>
+      <c r="D25" s="345" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="346"/>
+      <c r="F25" s="127"/>
+      <c r="G25" s="128"/>
+      <c r="H25" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="I25" s="129"/>
+      <c r="J25" s="81"/>
+      <c r="K25" s="81"/>
     </row>
     <row r="26" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B26" s="185"/>
-[...10 lines deleted...]
-      <c r="K26" s="173"/>
+      <c r="B26" s="90"/>
+      <c r="C26" s="90"/>
+      <c r="D26" s="368"/>
+      <c r="E26" s="369"/>
+      <c r="F26" s="115"/>
+      <c r="G26" s="35"/>
+      <c r="H26" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="I26" s="33"/>
+      <c r="J26" s="81"/>
+      <c r="K26" s="81"/>
     </row>
     <row r="27" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B27" s="185"/>
-[...10 lines deleted...]
-      <c r="K27" s="173"/>
+      <c r="B27" s="90"/>
+      <c r="C27" s="90"/>
+      <c r="D27" s="368"/>
+      <c r="E27" s="369"/>
+      <c r="F27" s="115"/>
+      <c r="G27" s="35"/>
+      <c r="H27" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="I27" s="33"/>
+      <c r="J27" s="81"/>
+      <c r="K27" s="81"/>
     </row>
     <row r="28" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B28" s="185"/>
-[...10 lines deleted...]
-      <c r="K28" s="173"/>
+      <c r="B28" s="90"/>
+      <c r="C28" s="90"/>
+      <c r="D28" s="368"/>
+      <c r="E28" s="369"/>
+      <c r="F28" s="115"/>
+      <c r="G28" s="35"/>
+      <c r="H28" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="I28" s="33"/>
+      <c r="J28" s="81"/>
+      <c r="K28" s="81"/>
     </row>
     <row r="29" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B29" s="185"/>
-[...4 lines deleted...]
-      <c r="E29" s="389"/>
+      <c r="B29" s="90"/>
+      <c r="C29" s="90"/>
+      <c r="D29" s="347" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="348"/>
       <c r="F29" s="349" t="s">
-        <v>134</v>
+        <v>71</v>
       </c>
       <c r="G29" s="350"/>
       <c r="H29" s="350"/>
       <c r="I29" s="351"/>
-      <c r="J29" s="173"/>
-      <c r="K29" s="173"/>
+      <c r="J29" s="81"/>
+      <c r="K29" s="81"/>
     </row>
     <row r="30" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B30" s="185"/>
-[...4 lines deleted...]
-      <c r="E30" s="391"/>
+      <c r="B30" s="90"/>
+      <c r="C30" s="90"/>
+      <c r="D30" s="341" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" s="342"/>
       <c r="F30" s="352"/>
       <c r="G30" s="353"/>
       <c r="H30" s="353"/>
       <c r="I30" s="354"/>
-      <c r="J30" s="173"/>
-      <c r="K30" s="173"/>
+      <c r="J30" s="81"/>
+      <c r="K30" s="81"/>
     </row>
     <row r="31" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B31" s="185"/>
-[...4 lines deleted...]
-      <c r="E31" s="393"/>
+      <c r="B31" s="90"/>
+      <c r="C31" s="90"/>
+      <c r="D31" s="343" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" s="344"/>
       <c r="F31" s="352"/>
       <c r="G31" s="353"/>
       <c r="H31" s="353"/>
       <c r="I31" s="354"/>
-      <c r="J31" s="173"/>
-      <c r="K31" s="173"/>
+      <c r="J31" s="81"/>
+      <c r="K31" s="81"/>
     </row>
     <row r="32" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B32" s="185"/>
-[...4 lines deleted...]
-      <c r="E32" s="391"/>
+      <c r="B32" s="90"/>
+      <c r="C32" s="90"/>
+      <c r="D32" s="341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="342"/>
       <c r="F32" s="352"/>
       <c r="G32" s="353"/>
       <c r="H32" s="353"/>
       <c r="I32" s="354"/>
-      <c r="J32" s="173"/>
-      <c r="K32" s="173"/>
+      <c r="J32" s="81"/>
+      <c r="K32" s="81"/>
     </row>
     <row r="33" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B33" s="185"/>
-[...4 lines deleted...]
-      <c r="E33" s="379"/>
+      <c r="B33" s="90"/>
+      <c r="C33" s="90"/>
+      <c r="D33" s="366" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="367"/>
       <c r="F33" s="355"/>
       <c r="G33" s="356"/>
       <c r="H33" s="356"/>
       <c r="I33" s="357"/>
-      <c r="J33" s="173"/>
-      <c r="K33" s="173"/>
+      <c r="J33" s="81"/>
+      <c r="K33" s="81"/>
     </row>
     <row r="34" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B34" s="185"/>
-[...8 lines deleted...]
-      <c r="K34" s="173"/>
+      <c r="B34" s="90"/>
+      <c r="C34" s="91"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+      <c r="F34" s="92"/>
+      <c r="G34" s="92"/>
+      <c r="H34" s="92"/>
+      <c r="I34" s="92"/>
+      <c r="J34" s="103"/>
+      <c r="K34" s="81"/>
     </row>
     <row r="35" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B35" s="186"/>
-[...8 lines deleted...]
-      <c r="K35" s="198"/>
+      <c r="B35" s="91"/>
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+      <c r="F35" s="92"/>
+      <c r="G35" s="92"/>
+      <c r="H35" s="92"/>
+      <c r="I35" s="92"/>
+      <c r="J35" s="92"/>
+      <c r="K35" s="103"/>
     </row>
     <row r="36" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="37" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="38" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="39" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="40" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="41" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="42" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="43" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="44" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="45" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="46" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="47" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="48" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
     <row r="57" ht="15.75" customHeight="1"/>
     <row r="58" ht="15.75" customHeight="1"/>
     <row r="59" ht="15.75" customHeight="1"/>
@@ -12667,646 +12170,637 @@
     <row r="954" ht="15.75" customHeight="1"/>
     <row r="955" ht="15.75" customHeight="1"/>
     <row r="956" ht="15.75" customHeight="1"/>
     <row r="957" ht="15.75" customHeight="1"/>
     <row r="958" ht="15.75" customHeight="1"/>
     <row r="959" ht="15.75" customHeight="1"/>
     <row r="960" ht="15.75" customHeight="1"/>
     <row r="961" ht="15.75" customHeight="1"/>
     <row r="962" ht="15.75" customHeight="1"/>
     <row r="963" ht="15.75" customHeight="1"/>
     <row r="964" ht="15.75" customHeight="1"/>
     <row r="965" ht="15.75" customHeight="1"/>
     <row r="966" ht="15.75" customHeight="1"/>
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
     <row r="970" ht="15.75" customHeight="1"/>
     <row r="971" ht="15.75" customHeight="1"/>
     <row r="972" ht="15.75" customHeight="1"/>
     <row r="973" ht="15.75" customHeight="1"/>
     <row r="974" ht="15.75" customHeight="1"/>
     <row r="975" ht="15.75" customHeight="1"/>
     <row r="976" ht="15.75" customHeight="1"/>
     <row r="977" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="29">
+  <mergeCells count="30">
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="D12:E12"/>
     <mergeCell ref="F16:F17"/>
     <mergeCell ref="D16:E17"/>
     <mergeCell ref="H16:H17"/>
-    <mergeCell ref="D30:E30"/>
-[...8 lines deleted...]
-    <mergeCell ref="D20:E20"/>
     <mergeCell ref="F29:I33"/>
     <mergeCell ref="C3:J3"/>
-    <mergeCell ref="H20:I22"/>
-    <mergeCell ref="H9:I13"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="H18:I19"/>
     <mergeCell ref="I16:I17"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="D27:E27"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D22:E22"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="D31:E31"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="D29:E29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4B2088C-D769-4009-9385-D22DD1FB53A5}">
-  <dimension ref="B1:U978"/>
+  <sheetPr>
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
+  <dimension ref="B1:U977"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I12" sqref="A1:XFD1048576"/>
+      <selection activeCell="H27" sqref="H27:I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="3.140625" customWidth="1"/>
     <col min="3" max="3" width="3" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.5703125" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" customWidth="1"/>
     <col min="8" max="8" width="12.28515625" customWidth="1"/>
-    <col min="9" max="9" width="78.7109375" style="52" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="21" max="21" width="3.7109375" style="52" customWidth="1"/>
+    <col min="9" max="9" width="78.7109375" style="5" customWidth="1"/>
+    <col min="10" max="10" width="4" style="5" customWidth="1"/>
+    <col min="11" max="11" width="3.42578125" style="5" customWidth="1"/>
+    <col min="12" max="20" width="8.5703125" style="5" customWidth="1"/>
+    <col min="21" max="21" width="3.7109375" style="5" customWidth="1"/>
     <col min="22" max="31" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:21" ht="21" customHeight="1">
-      <c r="B2" s="183"/>
-[...18 lines deleted...]
-      <c r="U2" s="58"/>
+      <c r="B2" s="88"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+      <c r="J2" s="78"/>
+      <c r="K2" s="89"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="38"/>
+      <c r="U2" s="11"/>
     </row>
     <row r="3" spans="2:21" ht="21" customHeight="1">
-      <c r="B3" s="185"/>
-[...20 lines deleted...]
-      <c r="U3" s="58"/>
+      <c r="B3" s="90"/>
+      <c r="C3" s="254" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="254"/>
+      <c r="I3" s="254"/>
+      <c r="J3" s="254"/>
+      <c r="K3" s="102"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="38"/>
+      <c r="S3" s="38"/>
+      <c r="T3" s="38"/>
+      <c r="U3" s="11"/>
     </row>
     <row r="4" spans="2:21" ht="15.75">
-      <c r="B4" s="185"/>
-[...20 lines deleted...]
-      <c r="U4" s="58"/>
+      <c r="B4" s="90"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="52" t="s">
+        <v>106</v>
+      </c>
+      <c r="E4" s="52"/>
+      <c r="F4" s="52"/>
+      <c r="G4" s="52"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="101"/>
+      <c r="J4" s="54"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+      <c r="P4" s="38"/>
+      <c r="Q4" s="38"/>
+      <c r="R4" s="38"/>
+      <c r="S4" s="38"/>
+      <c r="T4" s="38"/>
+      <c r="U4" s="11"/>
     </row>
     <row r="5" spans="2:21" ht="16.5" thickBot="1">
-      <c r="B5" s="185"/>
-[...18 lines deleted...]
-      <c r="U5" s="58"/>
+      <c r="B5" s="90"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="52"/>
+      <c r="H5" s="66"/>
+      <c r="I5" s="101"/>
+      <c r="J5" s="54"/>
+      <c r="K5" s="102"/>
+      <c r="L5" s="38"/>
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+      <c r="O5" s="38"/>
+      <c r="P5" s="38"/>
+      <c r="Q5" s="38"/>
+      <c r="R5" s="38"/>
+      <c r="S5" s="38"/>
+      <c r="T5" s="38"/>
+      <c r="U5" s="11"/>
     </row>
     <row r="6" spans="2:21">
-      <c r="B6" s="185"/>
-[...18 lines deleted...]
-      <c r="U6" s="58"/>
+      <c r="B6" s="90"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="93"/>
+      <c r="E6" s="94"/>
+      <c r="F6" s="95"/>
+      <c r="G6" s="96"/>
+      <c r="H6" s="96"/>
+      <c r="I6" s="97"/>
+      <c r="J6" s="79"/>
+      <c r="K6" s="98"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
+      <c r="O6" s="37"/>
+      <c r="P6" s="37"/>
+      <c r="Q6" s="37"/>
+      <c r="R6" s="37"/>
+      <c r="S6" s="37"/>
+      <c r="T6" s="37"/>
+      <c r="U6" s="11"/>
     </row>
     <row r="7" spans="2:21" ht="15.75" thickBot="1">
-      <c r="B7" s="185"/>
-[...22 lines deleted...]
-      <c r="U7" s="58"/>
+      <c r="B7" s="90"/>
+      <c r="C7" s="80"/>
+      <c r="D7" s="99" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" s="99"/>
+      <c r="F7" s="100" t="s">
+        <v>77</v>
+      </c>
+      <c r="G7" s="99"/>
+      <c r="H7" s="99"/>
+      <c r="I7" s="99"/>
+      <c r="J7" s="81"/>
+      <c r="K7" s="98"/>
+      <c r="L7" s="37"/>
+      <c r="M7" s="37"/>
+      <c r="N7" s="37"/>
+      <c r="O7" s="37"/>
+      <c r="P7" s="37"/>
+      <c r="Q7" s="37"/>
+      <c r="R7" s="37"/>
+      <c r="S7" s="37"/>
+      <c r="T7" s="37"/>
+      <c r="U7" s="11"/>
     </row>
     <row r="8" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B8" s="185"/>
-[...5 lines deleted...]
-      <c r="F8" s="256">
+      <c r="B8" s="90"/>
+      <c r="C8" s="90"/>
+      <c r="D8" s="392" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" s="393"/>
+      <c r="F8" s="152">
         <v>45</v>
       </c>
-      <c r="G8" s="179"/>
-[...5 lines deleted...]
-      <c r="K8" s="173"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="399"/>
+      <c r="I8" s="400"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="81"/>
     </row>
     <row r="9" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B9" s="185"/>
-[...12 lines deleted...]
-      <c r="K9" s="173"/>
+      <c r="B9" s="90"/>
+      <c r="C9" s="90"/>
+      <c r="D9" s="394" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" s="371"/>
+      <c r="F9" s="112"/>
+      <c r="G9" s="126"/>
+      <c r="H9" s="395" t="s">
+        <v>102</v>
+      </c>
+      <c r="I9" s="396"/>
+      <c r="J9" s="81"/>
+      <c r="K9" s="81"/>
     </row>
     <row r="10" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B10" s="185"/>
-[...10 lines deleted...]
-      <c r="K10" s="173"/>
+      <c r="B10" s="90"/>
+      <c r="C10" s="90"/>
+      <c r="D10" s="394" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" s="371"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="397"/>
+      <c r="I10" s="398"/>
+      <c r="J10" s="81"/>
+      <c r="K10" s="81"/>
     </row>
     <row r="11" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B11" s="185"/>
-[...5 lines deleted...]
-      <c r="F11" s="257">
+      <c r="B11" s="90"/>
+      <c r="C11" s="90"/>
+      <c r="D11" s="394" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="371"/>
+      <c r="F11" s="153">
         <v>30</v>
       </c>
-      <c r="G11" s="75"/>
-[...3 lines deleted...]
-      <c r="K11" s="173"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="411"/>
+      <c r="I11" s="412"/>
+      <c r="J11" s="81"/>
+      <c r="K11" s="81"/>
     </row>
     <row r="12" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B12" s="185"/>
-[...22 lines deleted...]
-      <c r="K13" s="173"/>
+      <c r="B12" s="90"/>
+      <c r="C12" s="90"/>
+      <c r="D12" s="394" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="371"/>
+      <c r="F12" s="112"/>
+      <c r="G12" s="28"/>
+      <c r="H12" s="124"/>
+      <c r="I12" s="125"/>
+      <c r="J12" s="81"/>
+      <c r="K12" s="81"/>
+    </row>
+    <row r="13" spans="2:21" s="5" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B13" s="90"/>
+      <c r="C13" s="90"/>
+      <c r="D13" s="104"/>
+      <c r="E13" s="54"/>
+      <c r="F13" s="154"/>
+      <c r="G13" s="104"/>
+      <c r="H13" s="104"/>
+      <c r="I13" s="54"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
     </row>
     <row r="14" spans="2:21" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B14" s="185"/>
-[...8 lines deleted...]
-      <c r="K14" s="173"/>
+      <c r="B14" s="90"/>
+      <c r="C14" s="90"/>
+      <c r="D14" s="104"/>
+      <c r="E14" s="54"/>
+      <c r="F14" s="154"/>
+      <c r="G14" s="104"/>
+      <c r="H14" s="54"/>
+      <c r="I14" s="54"/>
+      <c r="J14" s="81"/>
+      <c r="K14" s="81"/>
     </row>
     <row r="15" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B15" s="185"/>
-[...12 lines deleted...]
-      <c r="K15" s="173"/>
+      <c r="B15" s="90"/>
+      <c r="C15" s="90"/>
+      <c r="D15" s="105" t="s">
+        <v>2</v>
+      </c>
+      <c r="E15" s="96"/>
+      <c r="F15" s="251" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" s="95"/>
+      <c r="H15" s="159" t="s">
+        <v>109</v>
+      </c>
+      <c r="I15" s="79"/>
+      <c r="J15" s="81"/>
+      <c r="K15" s="81"/>
     </row>
     <row r="16" spans="2:21" ht="15.75" customHeight="1">
-      <c r="B16" s="185"/>
-[...10 lines deleted...]
-      <c r="K16" s="173"/>
+      <c r="B16" s="90"/>
+      <c r="C16" s="90"/>
+      <c r="D16" s="404" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" s="405"/>
+      <c r="F16" s="115"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="409"/>
+      <c r="I16" s="410"/>
+      <c r="J16" s="81"/>
+      <c r="K16" s="81"/>
     </row>
     <row r="17" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B17" s="185"/>
-[...1 lines deleted...]
-      <c r="D17" s="428" t="s">
+      <c r="B17" s="90"/>
+      <c r="C17" s="90"/>
+      <c r="D17" s="402" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="403"/>
+      <c r="F17" s="115"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="409"/>
+      <c r="I17" s="410"/>
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+    </row>
+    <row r="18" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B18" s="90"/>
+      <c r="C18" s="90"/>
+      <c r="D18" s="404" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="405"/>
+      <c r="F18" s="115"/>
+      <c r="G18" s="35"/>
+      <c r="H18" s="409"/>
+      <c r="I18" s="410"/>
+      <c r="J18" s="81"/>
+      <c r="K18" s="81"/>
+    </row>
+    <row r="19" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B19" s="90"/>
+      <c r="C19" s="90"/>
+      <c r="D19" s="402" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" s="403"/>
+      <c r="F19" s="115"/>
+      <c r="G19" s="35"/>
+      <c r="H19" s="157"/>
+      <c r="I19" s="158"/>
+      <c r="J19" s="81"/>
+      <c r="K19" s="81"/>
+    </row>
+    <row r="20" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B20" s="90"/>
+      <c r="C20" s="90"/>
+      <c r="D20" s="404" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" s="405"/>
+      <c r="F20" s="115"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="409"/>
+      <c r="I20" s="410"/>
+      <c r="J20" s="81"/>
+      <c r="K20" s="81"/>
+    </row>
+    <row r="21" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B21" s="90"/>
+      <c r="C21" s="90"/>
+      <c r="D21" s="404" t="s">
+        <v>105</v>
+      </c>
+      <c r="E21" s="405"/>
+      <c r="F21" s="115"/>
+      <c r="G21" s="35"/>
+      <c r="H21" s="409"/>
+      <c r="I21" s="410"/>
+      <c r="J21" s="81"/>
+      <c r="K21" s="81"/>
+    </row>
+    <row r="22" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B22" s="90"/>
+      <c r="C22" s="90"/>
+      <c r="D22" s="347" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="406"/>
+      <c r="F22" s="155">
+        <v>165</v>
+      </c>
+      <c r="G22" s="151"/>
+      <c r="H22" s="413"/>
+      <c r="I22" s="414"/>
+      <c r="J22" s="81"/>
+      <c r="K22" s="81"/>
+    </row>
+    <row r="23" spans="2:11" ht="15.75" customHeight="1">
+      <c r="B23" s="90"/>
+      <c r="C23" s="90"/>
+      <c r="D23" s="341" t="s">
         <v>72</v>
       </c>
-      <c r="E17" s="429"/>
-[...91 lines deleted...]
-      <c r="K23" s="173"/>
+      <c r="E23" s="407"/>
+      <c r="F23" s="156"/>
+      <c r="G23" s="151"/>
+      <c r="H23" s="409"/>
+      <c r="I23" s="410"/>
+      <c r="J23" s="81"/>
+      <c r="K23" s="81"/>
     </row>
     <row r="24" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B24" s="185"/>
-[...10 lines deleted...]
-      <c r="K24" s="173"/>
+      <c r="B24" s="90"/>
+      <c r="C24" s="90"/>
+      <c r="D24" s="343" t="s">
+        <v>107</v>
+      </c>
+      <c r="E24" s="408"/>
+      <c r="F24" s="156"/>
+      <c r="G24" s="151"/>
+      <c r="H24" s="409"/>
+      <c r="I24" s="410"/>
+      <c r="J24" s="81"/>
+      <c r="K24" s="81"/>
     </row>
     <row r="25" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B25" s="185"/>
-[...10 lines deleted...]
-      <c r="K25" s="173"/>
+      <c r="B25" s="90"/>
+      <c r="C25" s="90"/>
+      <c r="D25" s="341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="407"/>
+      <c r="F25" s="156"/>
+      <c r="G25" s="151"/>
+      <c r="H25" s="409"/>
+      <c r="I25" s="410"/>
+      <c r="J25" s="81"/>
+      <c r="K25" s="81"/>
     </row>
     <row r="26" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B26" s="185"/>
-[...10 lines deleted...]
-      <c r="K26" s="173"/>
+      <c r="B26" s="90"/>
+      <c r="C26" s="90"/>
+      <c r="D26" s="401"/>
+      <c r="E26" s="401"/>
+      <c r="F26" s="156"/>
+      <c r="G26" s="151"/>
+      <c r="H26" s="409"/>
+      <c r="I26" s="410"/>
+      <c r="J26" s="81"/>
+      <c r="K26" s="81"/>
     </row>
     <row r="27" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B27" s="185"/>
-[...8 lines deleted...]
-      <c r="K27" s="173"/>
+      <c r="B27" s="90"/>
+      <c r="C27" s="90"/>
+      <c r="D27" s="401"/>
+      <c r="E27" s="401"/>
+      <c r="F27" s="156"/>
+      <c r="G27" s="151"/>
+      <c r="H27" s="409"/>
+      <c r="I27" s="410"/>
+      <c r="J27" s="81"/>
+      <c r="K27" s="81"/>
     </row>
     <row r="28" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B28" s="185"/>
-[...8 lines deleted...]
-      <c r="K28" s="173"/>
+      <c r="B28" s="90"/>
+      <c r="C28" s="90"/>
+      <c r="D28" s="401"/>
+      <c r="E28" s="401"/>
+      <c r="F28" s="156"/>
+      <c r="G28" s="151"/>
+      <c r="H28" s="409"/>
+      <c r="I28" s="410"/>
+      <c r="J28" s="81"/>
+      <c r="K28" s="81"/>
     </row>
     <row r="29" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B29" s="185"/>
-[...8 lines deleted...]
-      <c r="K29" s="173"/>
+      <c r="B29" s="90"/>
+      <c r="C29" s="90"/>
+      <c r="D29" s="401"/>
+      <c r="E29" s="401"/>
+      <c r="F29" s="156"/>
+      <c r="G29" s="151"/>
+      <c r="H29" s="409"/>
+      <c r="I29" s="410"/>
+      <c r="J29" s="81"/>
+      <c r="K29" s="81"/>
     </row>
     <row r="30" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B30" s="185"/>
-[...8 lines deleted...]
-      <c r="K30" s="173"/>
+      <c r="B30" s="90"/>
+      <c r="C30" s="90"/>
+      <c r="D30" s="401"/>
+      <c r="E30" s="401"/>
+      <c r="F30" s="156"/>
+      <c r="G30" s="151"/>
+      <c r="H30" s="409"/>
+      <c r="I30" s="410"/>
+      <c r="J30" s="81"/>
+      <c r="K30" s="81"/>
     </row>
     <row r="31" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B31" s="185"/>
-[...8 lines deleted...]
-      <c r="K31" s="173"/>
+      <c r="B31" s="90"/>
+      <c r="C31" s="90"/>
+      <c r="D31" s="401"/>
+      <c r="E31" s="401"/>
+      <c r="F31" s="156"/>
+      <c r="G31" s="151"/>
+      <c r="H31" s="409"/>
+      <c r="I31" s="410"/>
+      <c r="J31" s="81"/>
+      <c r="K31" s="81"/>
     </row>
     <row r="32" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B32" s="185"/>
-[...8 lines deleted...]
-      <c r="K32" s="173"/>
+      <c r="B32" s="90"/>
+      <c r="C32" s="90"/>
+      <c r="D32" s="401"/>
+      <c r="E32" s="401"/>
+      <c r="F32" s="156"/>
+      <c r="G32" s="151"/>
+      <c r="H32" s="409"/>
+      <c r="I32" s="410"/>
+      <c r="J32" s="81"/>
+      <c r="K32" s="81"/>
     </row>
     <row r="33" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B33" s="185"/>
-[...20 lines deleted...]
-      <c r="K34" s="173"/>
+      <c r="B33" s="90"/>
+      <c r="C33" s="90"/>
+      <c r="D33" s="401"/>
+      <c r="E33" s="401"/>
+      <c r="F33" s="156"/>
+      <c r="G33" s="151"/>
+      <c r="H33" s="409"/>
+      <c r="I33" s="410"/>
+      <c r="J33" s="81"/>
+      <c r="K33" s="81"/>
+    </row>
+    <row r="34" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
+      <c r="B34" s="90"/>
+      <c r="C34" s="91"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+      <c r="F34" s="92"/>
+      <c r="G34" s="92"/>
+      <c r="H34" s="92"/>
+      <c r="I34" s="92"/>
+      <c r="J34" s="103"/>
+      <c r="K34" s="81"/>
     </row>
     <row r="35" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B35" s="185"/>
-[...21 lines deleted...]
-    </row>
+      <c r="B35" s="91"/>
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+      <c r="F35" s="92"/>
+      <c r="G35" s="92"/>
+      <c r="H35" s="92"/>
+      <c r="I35" s="92"/>
+      <c r="J35" s="92"/>
+      <c r="K35" s="103"/>
+    </row>
+    <row r="36" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="37" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="38" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="39" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="40" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="41" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="42" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="43" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="44" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="45" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="46" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="47" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="48" spans="2:11" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
     <row r="57" ht="15.75" customHeight="1"/>
     <row r="58" ht="15.75" customHeight="1"/>
     <row r="59" ht="15.75" customHeight="1"/>
     <row r="60" ht="15.75" customHeight="1"/>
     <row r="61" ht="15.75" customHeight="1"/>
@@ -14204,618 +13698,619 @@
     <row r="953" ht="15.75" customHeight="1"/>
     <row r="954" ht="15.75" customHeight="1"/>
     <row r="955" ht="15.75" customHeight="1"/>
     <row r="956" ht="15.75" customHeight="1"/>
     <row r="957" ht="15.75" customHeight="1"/>
     <row r="958" ht="15.75" customHeight="1"/>
     <row r="959" ht="15.75" customHeight="1"/>
     <row r="960" ht="15.75" customHeight="1"/>
     <row r="961" ht="15.75" customHeight="1"/>
     <row r="962" ht="15.75" customHeight="1"/>
     <row r="963" ht="15.75" customHeight="1"/>
     <row r="964" ht="15.75" customHeight="1"/>
     <row r="965" ht="15.75" customHeight="1"/>
     <row r="966" ht="15.75" customHeight="1"/>
     <row r="967" ht="15.75" customHeight="1"/>
     <row r="968" ht="15.75" customHeight="1"/>
     <row r="969" ht="15.75" customHeight="1"/>
     <row r="970" ht="15.75" customHeight="1"/>
     <row r="971" ht="15.75" customHeight="1"/>
     <row r="972" ht="15.75" customHeight="1"/>
     <row r="973" ht="15.75" customHeight="1"/>
     <row r="974" ht="15.75" customHeight="1"/>
     <row r="975" ht="15.75" customHeight="1"/>
     <row r="976" ht="15.75" customHeight="1"/>
     <row r="977" ht="15.75" customHeight="1"/>
-    <row r="978" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="45">
+  <mergeCells count="44">
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D24:E24"/>
     <mergeCell ref="C3:J3"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
-    <mergeCell ref="D34:E34"/>
-[...13 lines deleted...]
-    <mergeCell ref="D25:E25"/>
     <mergeCell ref="H9:I10"/>
-    <mergeCell ref="D24:E24"/>
-[...22 lines deleted...]
-    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="H8:I8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD0E8C39-8321-4F26-B566-E9EBF83C6965}">
+  <sheetPr>
+    <tabColor theme="0" tint="-4.9989318521683403E-2"/>
+  </sheetPr>
   <dimension ref="B1:T866"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N11" sqref="N11"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="3.140625" customWidth="1"/>
     <col min="3" max="3" width="3" customWidth="1"/>
     <col min="4" max="4" width="20.28515625" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" customWidth="1"/>
     <col min="6" max="6" width="7.42578125" customWidth="1"/>
     <col min="7" max="7" width="24" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" customWidth="1"/>
-    <col min="9" max="9" width="3.140625" style="52" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="20" max="20" width="3.7109375" style="52" customWidth="1"/>
+    <col min="9" max="9" width="3.140625" style="5" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="5" customWidth="1"/>
+    <col min="11" max="11" width="4.5703125" style="5" customWidth="1"/>
+    <col min="12" max="19" width="8.5703125" style="5" customWidth="1"/>
+    <col min="20" max="20" width="3.7109375" style="5" customWidth="1"/>
     <col min="21" max="30" width="8.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="15.75" thickBot="1"/>
     <row r="2" spans="2:20" ht="21" customHeight="1">
-      <c r="B2" s="468"/>
-[...17 lines deleted...]
-      <c r="T2" s="58"/>
+      <c r="B2" s="167"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="51"/>
+      <c r="I2" s="51"/>
+      <c r="J2" s="51"/>
+      <c r="K2" s="187"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
+      <c r="N2" s="38"/>
+      <c r="O2" s="38"/>
+      <c r="P2" s="38"/>
+      <c r="Q2" s="38"/>
+      <c r="R2" s="38"/>
+      <c r="S2" s="38"/>
+      <c r="T2" s="11"/>
     </row>
     <row r="3" spans="2:20" ht="21" customHeight="1">
-      <c r="B3" s="112"/>
-[...42 lines deleted...]
-      <c r="T4" s="58"/>
+      <c r="B3" s="62"/>
+      <c r="C3" s="254" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="254"/>
+      <c r="I3" s="254"/>
+      <c r="J3" s="254"/>
+      <c r="K3" s="188"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="38"/>
+      <c r="S3" s="38"/>
+      <c r="T3" s="11"/>
+    </row>
+    <row r="4" spans="2:20" ht="28.5" customHeight="1">
+      <c r="B4" s="62"/>
+      <c r="C4" s="415" t="s">
+        <v>146</v>
+      </c>
+      <c r="D4" s="415"/>
+      <c r="E4" s="415"/>
+      <c r="F4" s="415"/>
+      <c r="G4" s="415"/>
+      <c r="H4" s="415"/>
+      <c r="I4" s="415"/>
+      <c r="J4" s="415"/>
+      <c r="K4" s="188"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+      <c r="P4" s="38"/>
+      <c r="Q4" s="38"/>
+      <c r="R4" s="38"/>
+      <c r="S4" s="38"/>
+      <c r="T4" s="11"/>
     </row>
     <row r="5" spans="2:20" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B5" s="112"/>
-[...8 lines deleted...]
-      <c r="K5" s="99"/>
+      <c r="B5" s="62"/>
+      <c r="C5" s="54"/>
+      <c r="D5" s="54"/>
+      <c r="E5" s="54"/>
+      <c r="F5" s="54"/>
+      <c r="G5" s="54"/>
+      <c r="H5" s="54"/>
+      <c r="I5" s="54"/>
+      <c r="J5" s="54"/>
+      <c r="K5" s="49"/>
     </row>
     <row r="6" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B6" s="112"/>
-[...8 lines deleted...]
-      <c r="K6" s="99"/>
+      <c r="B6" s="62"/>
+      <c r="C6" s="178"/>
+      <c r="D6" s="179"/>
+      <c r="E6" s="180"/>
+      <c r="F6" s="179"/>
+      <c r="G6" s="179"/>
+      <c r="H6" s="179"/>
+      <c r="I6" s="179"/>
+      <c r="J6" s="181"/>
+      <c r="K6" s="49"/>
     </row>
     <row r="7" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B7" s="112"/>
-[...12 lines deleted...]
-      <c r="K7" s="99"/>
+      <c r="B7" s="62"/>
+      <c r="C7" s="182"/>
+      <c r="D7" s="169" t="s">
+        <v>125</v>
+      </c>
+      <c r="E7" s="168"/>
+      <c r="F7" s="160"/>
+      <c r="G7" s="169" t="s">
+        <v>123</v>
+      </c>
+      <c r="H7" s="160"/>
+      <c r="I7" s="160"/>
+      <c r="J7" s="183"/>
+      <c r="K7" s="49"/>
     </row>
     <row r="8" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B8" s="112"/>
-[...12 lines deleted...]
-      <c r="K8" s="99"/>
+      <c r="B8" s="62"/>
+      <c r="C8" s="182"/>
+      <c r="D8" s="161" t="s">
+        <v>3</v>
+      </c>
+      <c r="E8" s="162"/>
+      <c r="F8" s="160"/>
+      <c r="G8" s="161" t="s">
+        <v>3</v>
+      </c>
+      <c r="H8" s="162"/>
+      <c r="I8" s="160"/>
+      <c r="J8" s="183"/>
+      <c r="K8" s="49"/>
     </row>
     <row r="9" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B9" s="112"/>
-[...12 lines deleted...]
-      <c r="K9" s="99"/>
+      <c r="B9" s="62"/>
+      <c r="C9" s="182"/>
+      <c r="D9" s="161" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="162"/>
+      <c r="F9" s="160"/>
+      <c r="G9" s="161" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="162"/>
+      <c r="I9" s="160"/>
+      <c r="J9" s="183"/>
+      <c r="K9" s="49"/>
     </row>
     <row r="10" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B10" s="112"/>
-[...12 lines deleted...]
-      <c r="K10" s="99"/>
+      <c r="B10" s="62"/>
+      <c r="C10" s="182"/>
+      <c r="D10" s="161" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" s="162"/>
+      <c r="F10" s="160"/>
+      <c r="G10" s="161" t="s">
+        <v>4</v>
+      </c>
+      <c r="H10" s="162"/>
+      <c r="I10" s="160"/>
+      <c r="J10" s="183"/>
+      <c r="K10" s="49"/>
     </row>
     <row r="11" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B11" s="112"/>
-[...12 lines deleted...]
-      <c r="K11" s="99"/>
+      <c r="B11" s="62"/>
+      <c r="C11" s="182"/>
+      <c r="D11" s="161" t="s">
+        <v>6</v>
+      </c>
+      <c r="E11" s="162"/>
+      <c r="F11" s="160"/>
+      <c r="G11" s="161" t="s">
+        <v>6</v>
+      </c>
+      <c r="H11" s="162"/>
+      <c r="I11" s="160"/>
+      <c r="J11" s="183"/>
+      <c r="K11" s="49"/>
     </row>
     <row r="12" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B12" s="112"/>
-[...12 lines deleted...]
-      <c r="K12" s="99"/>
+      <c r="B12" s="62"/>
+      <c r="C12" s="182"/>
+      <c r="D12" s="164" t="s">
+        <v>120</v>
+      </c>
+      <c r="E12" s="162"/>
+      <c r="F12" s="160"/>
+      <c r="G12" s="161" t="s">
+        <v>116</v>
+      </c>
+      <c r="H12" s="162"/>
+      <c r="I12" s="160"/>
+      <c r="J12" s="183"/>
+      <c r="K12" s="49"/>
     </row>
     <row r="13" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B13" s="112"/>
-[...4 lines deleted...]
-      <c r="E13" s="472">
+      <c r="B13" s="62"/>
+      <c r="C13" s="182"/>
+      <c r="D13" s="170" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="171">
         <f>SUM(E8:E12)</f>
         <v>0</v>
       </c>
-      <c r="F13" s="265"/>
-[...6 lines deleted...]
-      <c r="K13" s="99"/>
+      <c r="F13" s="160"/>
+      <c r="G13" s="161" t="s">
+        <v>115</v>
+      </c>
+      <c r="H13" s="162"/>
+      <c r="I13" s="160"/>
+      <c r="J13" s="183"/>
+      <c r="K13" s="49"/>
     </row>
     <row r="14" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B14" s="112"/>
-[...10 lines deleted...]
-      <c r="K14" s="99"/>
+      <c r="B14" s="62"/>
+      <c r="C14" s="182"/>
+      <c r="D14" s="160"/>
+      <c r="E14" s="172"/>
+      <c r="F14" s="160"/>
+      <c r="G14" s="161" t="s">
+        <v>114</v>
+      </c>
+      <c r="H14" s="162"/>
+      <c r="I14" s="160"/>
+      <c r="J14" s="183"/>
+      <c r="K14" s="49"/>
     </row>
     <row r="15" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B15" s="112"/>
-[...12 lines deleted...]
-      <c r="K15" s="99"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="182"/>
+      <c r="D15" s="169" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" s="172"/>
+      <c r="F15" s="160"/>
+      <c r="G15" s="161" t="s">
+        <v>2</v>
+      </c>
+      <c r="H15" s="162"/>
+      <c r="I15" s="160"/>
+      <c r="J15" s="183"/>
+      <c r="K15" s="49"/>
     </row>
     <row r="16" spans="2:20" ht="15.75" customHeight="1">
-      <c r="B16" s="112"/>
-[...9 lines deleted...]
-      <c r="H16" s="472">
+      <c r="B16" s="62"/>
+      <c r="C16" s="182"/>
+      <c r="D16" s="161" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16" s="162"/>
+      <c r="F16" s="160"/>
+      <c r="G16" s="170" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="171">
         <f>SUM(H8:H15)</f>
         <v>0</v>
       </c>
-      <c r="I16" s="265"/>
-[...1 lines deleted...]
-      <c r="K16" s="99"/>
+      <c r="I16" s="160"/>
+      <c r="J16" s="183"/>
+      <c r="K16" s="49"/>
     </row>
     <row r="17" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B17" s="112"/>
-[...10 lines deleted...]
-      <c r="K17" s="99"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="182"/>
+      <c r="D17" s="161" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="162"/>
+      <c r="F17" s="160"/>
+      <c r="G17" s="160"/>
+      <c r="H17" s="172"/>
+      <c r="I17" s="160"/>
+      <c r="J17" s="183"/>
+      <c r="K17" s="49"/>
     </row>
     <row r="18" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B18" s="112"/>
-[...10 lines deleted...]
-      <c r="K18" s="99"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="182"/>
+      <c r="D18" s="161" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" s="162"/>
+      <c r="F18" s="160"/>
+      <c r="G18" s="160"/>
+      <c r="H18" s="172"/>
+      <c r="I18" s="160"/>
+      <c r="J18" s="183"/>
+      <c r="K18" s="49"/>
     </row>
     <row r="19" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B19" s="112"/>
-[...12 lines deleted...]
-      <c r="K19" s="99"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="182"/>
+      <c r="D19" s="161" t="s">
+        <v>6</v>
+      </c>
+      <c r="E19" s="162"/>
+      <c r="F19" s="160"/>
+      <c r="G19" s="173" t="s">
+        <v>117</v>
+      </c>
+      <c r="H19" s="174"/>
+      <c r="I19" s="160"/>
+      <c r="J19" s="183"/>
+      <c r="K19" s="49"/>
     </row>
     <row r="20" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B20" s="112"/>
-[...4 lines deleted...]
-      <c r="E20" s="472">
+      <c r="B20" s="62"/>
+      <c r="C20" s="182"/>
+      <c r="D20" s="170" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="171">
         <f>SUM(E16:E19)</f>
         <v>0</v>
       </c>
-      <c r="F20" s="265"/>
-[...4 lines deleted...]
-      <c r="K20" s="99"/>
+      <c r="F20" s="160"/>
+      <c r="G20" s="160"/>
+      <c r="H20" s="172"/>
+      <c r="I20" s="160"/>
+      <c r="J20" s="183"/>
+      <c r="K20" s="49"/>
     </row>
     <row r="21" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B21" s="112"/>
-[...7 lines deleted...]
-      <c r="H21" s="476">
+      <c r="B21" s="62"/>
+      <c r="C21" s="182"/>
+      <c r="D21" s="160"/>
+      <c r="E21" s="172"/>
+      <c r="F21" s="160"/>
+      <c r="G21" s="173" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" s="175">
         <f>SUM(H16*H19)</f>
         <v>0</v>
       </c>
-      <c r="I21" s="265"/>
-[...1 lines deleted...]
-      <c r="K21" s="99"/>
+      <c r="I21" s="160"/>
+      <c r="J21" s="183"/>
+      <c r="K21" s="49"/>
     </row>
     <row r="22" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B22" s="112"/>
-[...10 lines deleted...]
-      <c r="K22" s="99"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="182"/>
+      <c r="D22" s="173" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" s="176"/>
+      <c r="F22" s="160"/>
+      <c r="G22" s="160"/>
+      <c r="H22" s="160"/>
+      <c r="I22" s="160"/>
+      <c r="J22" s="183"/>
+      <c r="K22" s="49"/>
     </row>
     <row r="23" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B23" s="112"/>
-[...8 lines deleted...]
-      <c r="K23" s="99"/>
+      <c r="B23" s="62"/>
+      <c r="C23" s="182"/>
+      <c r="D23" s="173"/>
+      <c r="E23" s="172"/>
+      <c r="F23" s="160"/>
+      <c r="G23" s="160"/>
+      <c r="H23" s="160"/>
+      <c r="I23" s="160"/>
+      <c r="J23" s="183"/>
+      <c r="K23" s="49"/>
     </row>
     <row r="24" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B24" s="112"/>
-[...4 lines deleted...]
-      <c r="E24" s="476" t="e">
+      <c r="B24" s="62"/>
+      <c r="C24" s="182"/>
+      <c r="D24" s="416" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" s="175" t="e">
         <f>SUM(E13+(E20/E22))</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="F24" s="265"/>
-[...6 lines deleted...]
-      <c r="K24" s="99"/>
+      <c r="F24" s="160"/>
+      <c r="G24" s="169" t="s">
+        <v>126</v>
+      </c>
+      <c r="H24" s="160"/>
+      <c r="I24" s="160"/>
+      <c r="J24" s="183"/>
+      <c r="K24" s="49"/>
     </row>
     <row r="25" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B25" s="112"/>
-[...10 lines deleted...]
-      <c r="K25" s="99"/>
+      <c r="B25" s="62"/>
+      <c r="C25" s="182"/>
+      <c r="D25" s="417"/>
+      <c r="E25" s="172"/>
+      <c r="F25" s="160"/>
+      <c r="G25" s="165" t="s">
+        <v>127</v>
+      </c>
+      <c r="H25" s="166"/>
+      <c r="I25" s="160"/>
+      <c r="J25" s="183"/>
+      <c r="K25" s="49"/>
     </row>
     <row r="26" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B26" s="112"/>
-[...10 lines deleted...]
-      <c r="K26" s="99"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="182"/>
+      <c r="D26" s="160"/>
+      <c r="E26" s="172"/>
+      <c r="F26" s="160"/>
+      <c r="G26" s="165" t="s">
+        <v>6</v>
+      </c>
+      <c r="H26" s="166"/>
+      <c r="I26" s="160"/>
+      <c r="J26" s="183"/>
+      <c r="K26" s="49"/>
     </row>
     <row r="27" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B27" s="112"/>
-[...4 lines deleted...]
-      <c r="E27" s="494" t="e">
+      <c r="B27" s="62"/>
+      <c r="C27" s="182"/>
+      <c r="D27" s="418" t="s">
+        <v>119</v>
+      </c>
+      <c r="E27" s="419" t="e">
         <f>SUM((E24+H21))*1.03</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="F27" s="265"/>
-[...6 lines deleted...]
-      <c r="K27" s="99"/>
+      <c r="F27" s="160"/>
+      <c r="G27" s="165" t="s">
+        <v>128</v>
+      </c>
+      <c r="H27" s="166"/>
+      <c r="I27" s="160"/>
+      <c r="J27" s="183"/>
+      <c r="K27" s="49"/>
     </row>
     <row r="28" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B28" s="112"/>
-[...10 lines deleted...]
-      <c r="K28" s="99"/>
+      <c r="B28" s="62"/>
+      <c r="C28" s="182"/>
+      <c r="D28" s="418"/>
+      <c r="E28" s="419"/>
+      <c r="F28" s="160"/>
+      <c r="G28" s="165" t="s">
+        <v>1</v>
+      </c>
+      <c r="H28" s="166"/>
+      <c r="I28" s="160"/>
+      <c r="J28" s="183"/>
+      <c r="K28" s="49"/>
     </row>
     <row r="29" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B29" s="112"/>
-[...8 lines deleted...]
-      <c r="K29" s="99"/>
+      <c r="B29" s="62"/>
+      <c r="C29" s="182"/>
+      <c r="D29" s="160"/>
+      <c r="E29" s="160"/>
+      <c r="F29" s="160"/>
+      <c r="G29" s="160"/>
+      <c r="H29" s="160"/>
+      <c r="I29" s="160"/>
+      <c r="J29" s="183"/>
+      <c r="K29" s="49"/>
     </row>
     <row r="30" spans="2:11" ht="15.75" customHeight="1">
-      <c r="B30" s="112"/>
-[...10 lines deleted...]
-      <c r="K30" s="99"/>
+      <c r="B30" s="62"/>
+      <c r="C30" s="182"/>
+      <c r="D30" s="177" t="s">
+        <v>121</v>
+      </c>
+      <c r="E30" s="160"/>
+      <c r="F30" s="160"/>
+      <c r="G30" s="160"/>
+      <c r="H30" s="160"/>
+      <c r="I30" s="160"/>
+      <c r="J30" s="183"/>
+      <c r="K30" s="49"/>
     </row>
     <row r="31" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B31" s="112"/>
-[...8 lines deleted...]
-      <c r="K31" s="99"/>
+      <c r="B31" s="62"/>
+      <c r="C31" s="184"/>
+      <c r="D31" s="185"/>
+      <c r="E31" s="185"/>
+      <c r="F31" s="185"/>
+      <c r="G31" s="185"/>
+      <c r="H31" s="185"/>
+      <c r="I31" s="185"/>
+      <c r="J31" s="186"/>
+      <c r="K31" s="49"/>
     </row>
     <row r="32" spans="2:11" ht="15.75" customHeight="1" thickBot="1">
-      <c r="B32" s="113"/>
-[...8 lines deleted...]
-      <c r="K32" s="115"/>
+      <c r="B32" s="63"/>
+      <c r="C32" s="189"/>
+      <c r="D32" s="189"/>
+      <c r="E32" s="189"/>
+      <c r="F32" s="189"/>
+      <c r="G32" s="189"/>
+      <c r="H32" s="189"/>
+      <c r="I32" s="189"/>
+      <c r="J32" s="189"/>
+      <c r="K32" s="65"/>
     </row>
     <row r="33" ht="15.75" customHeight="1"/>
     <row r="34" ht="15.75" customHeight="1"/>
     <row r="35" ht="15.75" customHeight="1"/>
     <row r="36" ht="15.75" customHeight="1"/>
     <row r="37" ht="15.75" customHeight="1"/>
     <row r="38" ht="15.75" customHeight="1"/>
     <row r="39" ht="15.75" customHeight="1"/>
     <row r="40" ht="15.75" customHeight="1"/>
     <row r="41" ht="15.75" customHeight="1"/>
     <row r="42" ht="15.75" customHeight="1"/>
     <row r="43" ht="15.75" customHeight="1"/>
     <row r="44" ht="15.75" customHeight="1"/>
     <row r="45" ht="15.75" customHeight="1"/>
     <row r="46" ht="15.75" customHeight="1"/>
     <row r="47" ht="15.75" customHeight="1"/>
     <row r="48" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
@@ -15627,3948 +15122,67 @@
     <row r="862" ht="15.75" customHeight="1"/>
     <row r="863" ht="15.75" customHeight="1"/>
     <row r="864" ht="15.75" customHeight="1"/>
     <row r="865" ht="15.75" customHeight="1"/>
     <row r="866" ht="15.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C4:J4"/>
     <mergeCell ref="D24:D25"/>
     <mergeCell ref="D27:D28"/>
     <mergeCell ref="E27:E28"/>
     <mergeCell ref="C3:J3"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E12" xr:uid="{E3D55743-2FAC-481C-94DC-DC5EA90FE712}">
       <formula1>"60,80"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
     <ignoredError sqref="E24" evalError="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-[...3878 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Cover</vt:lpstr>
       <vt:lpstr>Accommodations</vt:lpstr>
       <vt:lpstr>Transportation</vt:lpstr>
       <vt:lpstr>Activities</vt:lpstr>
       <vt:lpstr>Meals</vt:lpstr>
       <vt:lpstr>Program Leader</vt:lpstr>
       <vt:lpstr>Students</vt:lpstr>
-      <vt:lpstr>Program Fee</vt:lpstr>
-      <vt:lpstr>Calculations</vt:lpstr>
+      <vt:lpstr>ADMIN ONLY Program Fee</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Arianna Huhn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>